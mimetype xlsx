--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,1075 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="71">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>28/09/2022 16:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
-[...89 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Suivi post-professionnel après exposition à l'amiante</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...293 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...76 lines deleted...]
-    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1085,1737 +332,275 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...41 lines deleted...]
-      <c r="I1" t="s">
         <v>22</v>
-      </c>
-[...157 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>55</v>
-[...117 lines deleted...]
-        <v>74</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>98</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>56</v>
       </c>
-      <c r="B9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="B10" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>108</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>109</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>112</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>113</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>114</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>115</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>116</v>
-[...1141 lines deleted...]
-        <v>313</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>