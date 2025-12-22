--- v1 (2025-11-05)
+++ v2 (2025-12-22)
@@ -1,322 +1,1105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="520" uniqueCount="324">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYNVISC-ONE</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_2030383</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place d’un rappel par le vaccin à ARNm COMIRNATY®</t>
+  </si>
+  <si>
+    <t>Le vaccin Comirnaty® a obtenu le 4 octobre 2021 une variation à l’autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il peut être administré en tant que dose de rappel (3ème dose), injectée par voie intramusculaire au moins 6 mois après la seconde dose, chez les personnes âgées de 18 ans et plus. L’actualisation des données les plus récentes conforte les recommandations de la HAS du 23 août 2021, relatives à l’administration d’une dose de rappel pour les personnes de 65 ans et plus, ainsi que pour toutes les personnes présentant des comorbidités augmentant le risque de formes graves et de décès liés à la Covid-19. La situation sanitaire actuelle, dont les indicateurs s’améliorent, et les données encore limitées sur les conséquences d’un déclin de l’efficacité vaccinale au cours du temps chez les adultes jeunes, sans comorbidité, ne permettent pas à ce stade de modifier les recommandations de la HAS quant à la pertinence d’un rappel en population générale. La HAS souligne toutefois que l’administration d’une dose de rappel deviendra probablement nécessaire au cours des mois qui viennent. En revanche, compte tenu du risque accru d’exposition et d’infection au virus du SARS-CoV-2 par rapport à la population générale, la HAS recommande d’étendre l’administration d’une dose de rappel aux professionnels du secteur de la santé et du secteur médico-social, en contact avec les patients et chez les professionnels du transport sanitaire (quel que soit leur mode d’exercice, y compris bénévole, et quel que soit leur âge).</t>
+  </si>
+  <si>
+    <t>13/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290614/fr/strategie-de-vaccination-contre-la-covid-19-place-d-un-rappel-par-le-vaccin-a-arnm-comirnaty</t>
+  </si>
+  <si>
+    <t>p_3290614</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -332,275 +1115,1789 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2" t="s">
+        <v>26</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>35</v>
+      </c>
+      <c r="I3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
+        <v>103</v>
+      </c>
+      <c r="H11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>107</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>108</v>
+      </c>
+      <c r="H12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>112</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>113</v>
+      </c>
+      <c r="H13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>126</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>127</v>
+      </c>
+      <c r="H16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>136</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>137</v>
+      </c>
+      <c r="H18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>56</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>142</v>
+      </c>
+      <c r="H19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>146</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>147</v>
+      </c>
+      <c r="H20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>151</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>152</v>
+      </c>
+      <c r="H21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C3" t="s">
+        <v>162</v>
+      </c>
+      <c r="D3" t="s">
+        <v>163</v>
+      </c>
+      <c r="E3" t="s">
         <v>69</v>
       </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D4" t="s">
+        <v>168</v>
+      </c>
+      <c r="E4" t="s">
+        <v>169</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>170</v>
+      </c>
+      <c r="H4" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B5" t="s">
+        <v>172</v>
+      </c>
+      <c r="C5" t="s">
+        <v>173</v>
+      </c>
+      <c r="D5" t="s">
+        <v>174</v>
+      </c>
+      <c r="E5" t="s">
+        <v>175</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>176</v>
+      </c>
+      <c r="H5" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C6" t="s">
+        <v>179</v>
+      </c>
+      <c r="D6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E6" t="s">
+        <v>181</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>182</v>
+      </c>
+      <c r="H6" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>154</v>
+      </c>
+      <c r="B7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C7" t="s">
+        <v>185</v>
+      </c>
+      <c r="D7" t="s">
+        <v>186</v>
+      </c>
+      <c r="E7" t="s">
+        <v>187</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>188</v>
+      </c>
+      <c r="H7" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>154</v>
+      </c>
+      <c r="B8" t="s">
+        <v>190</v>
+      </c>
+      <c r="C8" t="s">
+        <v>191</v>
+      </c>
+      <c r="D8" t="s">
+        <v>192</v>
+      </c>
+      <c r="E8" t="s">
+        <v>193</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>194</v>
+      </c>
+      <c r="H8" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>154</v>
+      </c>
+      <c r="B9" t="s">
+        <v>196</v>
+      </c>
+      <c r="C9" t="s">
+        <v>197</v>
+      </c>
+      <c r="D9" t="s">
+        <v>198</v>
+      </c>
+      <c r="E9" t="s">
+        <v>199</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>200</v>
+      </c>
+      <c r="H9" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>154</v>
+      </c>
+      <c r="B10" t="s">
+        <v>202</v>
+      </c>
+      <c r="C10" t="s">
+        <v>203</v>
+      </c>
+      <c r="D10" t="s">
+        <v>204</v>
+      </c>
+      <c r="E10" t="s">
+        <v>205</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>206</v>
+      </c>
+      <c r="H10" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B11" t="s">
+        <v>208</v>
+      </c>
+      <c r="C11" t="s">
+        <v>209</v>
+      </c>
+      <c r="D11" t="s">
+        <v>210</v>
+      </c>
+      <c r="E11" t="s">
+        <v>211</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>212</v>
+      </c>
       <c r="H11" t="s">
-        <v>70</v>
+        <v>213</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>154</v>
+      </c>
+      <c r="B12" t="s">
+        <v>214</v>
+      </c>
+      <c r="C12" t="s">
+        <v>215</v>
+      </c>
+      <c r="D12" t="s">
+        <v>216</v>
+      </c>
+      <c r="E12" t="s">
+        <v>217</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>218</v>
+      </c>
+      <c r="H12" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>154</v>
+      </c>
+      <c r="B13" t="s">
+        <v>220</v>
+      </c>
+      <c r="C13" t="s">
+        <v>221</v>
+      </c>
+      <c r="D13" t="s">
+        <v>222</v>
+      </c>
+      <c r="E13" t="s">
+        <v>223</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>224</v>
+      </c>
+      <c r="H13" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>154</v>
+      </c>
+      <c r="B14" t="s">
+        <v>226</v>
+      </c>
+      <c r="C14" t="s">
+        <v>227</v>
+      </c>
+      <c r="D14" t="s">
+        <v>228</v>
+      </c>
+      <c r="E14" t="s">
+        <v>229</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>230</v>
+      </c>
+      <c r="H14" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>154</v>
+      </c>
+      <c r="B15" t="s">
+        <v>232</v>
+      </c>
+      <c r="C15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D15" t="s">
+        <v>234</v>
+      </c>
+      <c r="E15" t="s">
+        <v>235</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>236</v>
+      </c>
+      <c r="H15" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>154</v>
+      </c>
+      <c r="B16" t="s">
+        <v>238</v>
+      </c>
+      <c r="C16" t="s">
+        <v>239</v>
+      </c>
+      <c r="D16" t="s">
+        <v>240</v>
+      </c>
+      <c r="E16" t="s">
+        <v>241</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>242</v>
+      </c>
+      <c r="H16" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>154</v>
+      </c>
+      <c r="B17" t="s">
+        <v>244</v>
+      </c>
+      <c r="C17" t="s">
+        <v>245</v>
+      </c>
+      <c r="D17" t="s">
+        <v>246</v>
+      </c>
+      <c r="E17" t="s">
+        <v>246</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>247</v>
+      </c>
+      <c r="H17" t="s">
+        <v>248</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C2" t="s">
+        <v>251</v>
+      </c>
+      <c r="D2" t="s">
+        <v>252</v>
+      </c>
+      <c r="E2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>254</v>
+      </c>
+      <c r="H2" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D3" t="s">
+        <v>258</v>
+      </c>
+      <c r="E3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>260</v>
+      </c>
+      <c r="H3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>249</v>
+      </c>
+      <c r="B4" t="s">
+        <v>262</v>
+      </c>
+      <c r="C4" t="s">
+        <v>263</v>
+      </c>
+      <c r="D4" t="s">
+        <v>264</v>
+      </c>
+      <c r="E4" t="s">
+        <v>265</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>266</v>
+      </c>
+      <c r="H4" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>249</v>
+      </c>
+      <c r="B5" t="s">
+        <v>268</v>
+      </c>
+      <c r="C5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D5" t="s">
+        <v>270</v>
+      </c>
+      <c r="E5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>272</v>
+      </c>
+      <c r="H5" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>249</v>
+      </c>
+      <c r="B6" t="s">
+        <v>274</v>
+      </c>
+      <c r="C6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D6" t="s">
+        <v>276</v>
+      </c>
+      <c r="E6" t="s">
+        <v>277</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>278</v>
+      </c>
+      <c r="H6" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>249</v>
+      </c>
+      <c r="B7" t="s">
+        <v>280</v>
+      </c>
+      <c r="C7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D7" t="s">
+        <v>282</v>
+      </c>
+      <c r="E7" t="s">
+        <v>283</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>284</v>
+      </c>
+      <c r="H7" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>249</v>
+      </c>
+      <c r="B8" t="s">
+        <v>286</v>
+      </c>
+      <c r="C8" t="s">
+        <v>287</v>
+      </c>
+      <c r="D8" t="s">
+        <v>288</v>
+      </c>
+      <c r="E8" t="s">
+        <v>289</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>290</v>
+      </c>
+      <c r="H8" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>249</v>
+      </c>
+      <c r="B9" t="s">
+        <v>292</v>
+      </c>
+      <c r="C9" t="s">
+        <v>293</v>
+      </c>
+      <c r="D9" t="s">
+        <v>294</v>
+      </c>
+      <c r="E9" t="s">
+        <v>295</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>296</v>
+      </c>
+      <c r="H9" t="s">
+        <v>297</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B2" t="s">
+        <v>300</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>302</v>
+      </c>
+      <c r="H2" t="s">
+        <v>303</v>
+      </c>
+      <c r="I2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>305</v>
+      </c>
+      <c r="B2" t="s">
+        <v>306</v>
+      </c>
+      <c r="C2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D2" t="s">
+        <v>308</v>
+      </c>
+      <c r="E2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>310</v>
+      </c>
+      <c r="H2" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D3" t="s">
+        <v>314</v>
+      </c>
+      <c r="E3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>316</v>
+      </c>
+      <c r="H3" t="s">
+        <v>317</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>321</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>322</v>
+      </c>
+      <c r="H2" t="s">
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>