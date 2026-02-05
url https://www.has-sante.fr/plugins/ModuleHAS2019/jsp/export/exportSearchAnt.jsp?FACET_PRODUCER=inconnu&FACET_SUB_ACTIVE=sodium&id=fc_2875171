--- v2 (2025-12-22)
+++ v3 (2026-02-05)
@@ -212,51 +212,51 @@
   <si>
     <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
   </si>
   <si>
     <t>14/05/2014 00:00:00</t>
   </si>
   <si>
     <t>27/05/2014 15:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
   </si>
   <si>
     <t>c_1615995</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>