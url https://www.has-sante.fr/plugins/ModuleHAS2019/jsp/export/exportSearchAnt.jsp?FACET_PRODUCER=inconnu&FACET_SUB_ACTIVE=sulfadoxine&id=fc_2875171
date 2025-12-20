--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -9,95 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/29/2017 15:49:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>