--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -9,246 +9,668 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>