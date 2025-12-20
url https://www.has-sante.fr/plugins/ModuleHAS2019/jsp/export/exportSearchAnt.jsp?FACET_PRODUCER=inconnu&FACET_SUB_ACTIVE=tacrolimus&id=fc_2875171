--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
@@ -290,51 +305,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -411,77 +426,77 @@
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
@@ -532,145 +547,171 @@
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
         <v>51</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>53</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>54</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>59</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>60</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>61</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>67</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>72</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>73</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>74</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>75</v>
       </c>
-      <c r="H13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14" t="s">
         <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>