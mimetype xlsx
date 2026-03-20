--- v0 (2025-11-04)
+++ v1 (2026-03-20)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Polykystose rénale autosomique récessive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Polykystose rénale autosomique récessive. Il a été élaboré par le Centre de référence MaReGe sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/03/2026 09:53:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3892970/fr/polykystose-renale-autosomique-recessive</t>
+  </si>
+  <si>
+    <t>p_3892970</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
   </si>
   <si>
     <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
   </si>
   <si>
     <t>09/03/2023 00:00:00</t>
   </si>
   <si>
     <t>04/06/2019 11:31:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
   </si>
   <si>
     <t>c_2968915</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Cholangite Sclérosante Primitive</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
   </si>
   <si>
     <t>p_3392249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -125,127 +140,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>