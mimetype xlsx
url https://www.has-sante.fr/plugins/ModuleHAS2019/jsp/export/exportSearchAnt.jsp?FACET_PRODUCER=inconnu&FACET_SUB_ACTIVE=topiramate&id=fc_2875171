--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
   </si>
   <si>
     <t>p_3555046</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
@@ -284,51 +299,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -379,292 +394,318 @@
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>53</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
         <v>56</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>57</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>58</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>63</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>64</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>65</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
         <v>68</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>69</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>70</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>71</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>72</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
         <v>73</v>
       </c>
-      <c r="H13" t="s">
+      <c r="B14" t="s">
         <v>74</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>78</v>
+      </c>
+      <c r="H14" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>