--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
   </si>
   <si>
     <t>p_3555046</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>