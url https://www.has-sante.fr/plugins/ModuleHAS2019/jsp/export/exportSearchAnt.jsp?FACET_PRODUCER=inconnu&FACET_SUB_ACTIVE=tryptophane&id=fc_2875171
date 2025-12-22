--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -9,199 +9,469 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>