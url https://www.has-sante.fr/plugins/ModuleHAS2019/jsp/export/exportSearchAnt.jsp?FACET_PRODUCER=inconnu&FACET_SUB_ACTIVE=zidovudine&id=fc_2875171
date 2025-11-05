--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -9,116 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>03/10/2024 10:22:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +107,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -186,69 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>