--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -7,71 +7,71 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="165">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -116,50 +116,230 @@
   <si>
     <t>16/05/2007 10:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_548639/fr/pulsar-ci100</t>
   </si>
   <si>
     <t>c_548639</t>
   </si>
   <si>
     <t>Vibrant MED-EL Hearing Technologie (France)</t>
   </si>
   <si>
     <t>SONATA TI100</t>
   </si>
   <si>
     <t>16/05/2007 10:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_548644/fr/sonata-ti100</t>
   </si>
   <si>
     <t>c_548644</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
   <si>
     <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
   </si>
   <si>
     <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
@@ -243,215 +423,50 @@
     <t>24/12/2007 11:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
   </si>
   <si>
     <t>c_606527</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
-  </si>
-[...163 lines deleted...]
-    <t>c_953467</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
   </si>
   <si>
     <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
   </si>
   <si>
     <t>10/12/2007 18:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
   </si>
   <si>
     <t>c_611969</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des médicaments homéopathiques</t>
   </si>
@@ -699,873 +714,899 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>92</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="C3" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="D3" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="E3" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H3" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>102</v>
       </c>
       <c r="C4" t="s">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="D4" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="E4" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="H4" t="s">
-        <v>47</v>
+        <v>107</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>109</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>111</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="C6" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="H6" t="s">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>122</v>
       </c>
       <c r="E7" t="s">
-        <v>63</v>
+        <v>123</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>124</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>126</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>128</v>
       </c>
       <c r="E8" t="s">
-        <v>69</v>
+        <v>129</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>130</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
-[...325 lines deleted...]
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="E2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="E2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>