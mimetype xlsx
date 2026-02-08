--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -45,51 +45,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
     <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3553" uniqueCount="2243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3591" uniqueCount="2265">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -212,71 +212,125 @@
   <si>
     <t>Depuis 2015, la HAS développe des indicateurs de qualité et de sécurité des soins (IQSS) de résultats mesurés à partir des bases médico-administratives en lien avec les professionnels de santé, les médecins codeurs de l’information médicale, les patients et les usagers. La HAS publie sa méthode de développement, validation et utilisations de ce type d’indicateurs, conçue pour l’amélioration de la qualité des soins, de la sécurité et du résultat pour les patients.</t>
   </si>
   <si>
     <t>06/06/2019 00:00:00</t>
   </si>
   <si>
     <t>16/04/2021 18:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076997/fr/iqss-2019-methode-de-validation-des-indicateurs-de-resultats-mesures-a-partir-des-bases-de-donnees</t>
   </si>
   <si>
     <t>p_3076997</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>EVOLUT PRO+</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2026 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807255/fr/evolut-pro</t>
+  </si>
+  <si>
+    <t>p_3807255</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>EVOLUT FX+</t>
+  </si>
+  <si>
+    <t>07/01/2026 11:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807259/fr/evolut-fx</t>
+  </si>
+  <si>
+    <t>p_3807259</t>
+  </si>
+  <si>
     <t>EDWARDS SAPIEN 3 avec  EDWARDS ALTERRA</t>
   </si>
   <si>
     <t>01/07/2025 00:00:00</t>
   </si>
   <si>
     <t>18/08/2025 13:22:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638479/fr/edwards-sapien-3-avec-edwards-alterra</t>
   </si>
   <si>
     <t>p_3638479</t>
   </si>
   <si>
     <t>Système de valve pulmonaire transcathéter avec pré-stent adaptatif et système de pose  PDS</t>
   </si>
   <si>
     <t>EDWARDS LIFESCIENCES SAS (France)</t>
   </si>
   <si>
+    <t>TRICLIP G4</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633260/fr/triclip-g4</t>
+  </si>
+  <si>
+    <t>p_3633260</t>
+  </si>
+  <si>
+    <t>Clip de réparation tricuspide bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
     <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + capteur de mesure du glucose interstitiel FREESTYLE LIBRE 2 PLUS)</t>
   </si>
   <si>
     <t>14/01/2025 00:00:00</t>
   </si>
   <si>
     <t>31/01/2025 14:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587652/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-capteur-de-mesure-du-glucose-interstitiel-freestyle-libre-2-plus</t>
   </si>
   <si>
     <t>p_3587652</t>
   </si>
   <si>
     <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
   </si>
   <si>
     <t>INSULET France S.A.S (France)</t>
   </si>
   <si>
     <t>LIFEVEST 4000</t>
   </si>
   <si>
     <t>04/06/2024 00:00:00</t>
@@ -644,53 +698,50 @@
   <si>
     <t>c_2740889</t>
   </si>
   <si>
     <t>ABBOTT FRANCE SAS</t>
   </si>
   <si>
     <t>ONYX</t>
   </si>
   <si>
     <t>implant d'embolisation liquide</t>
   </si>
   <si>
     <t>05/04/2016 00:00:00</t>
   </si>
   <si>
     <t>03/06/2016 15:56:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2627317/fr/onyx</t>
   </si>
   <si>
     <t>c_2627317</t>
   </si>
   <si>
-    <t>MEDTRONIC FRANCE S.A.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>SYNVISC-ONE</t>
   </si>
   <si>
     <t>Acide hyaluronique pour injection intra-articulaire</t>
   </si>
   <si>
     <t>21/04/2015 00:00:00</t>
   </si>
   <si>
     <t>07/05/2015 10:30:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
   </si>
   <si>
     <t>c_2030383</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
     <t>MITRACLIP</t>
   </si>
   <si>
     <t>Ce produit fait l'objet d'un avis d'efficience</t>
@@ -1262,57 +1313,72 @@
   <si>
     <t>17/05/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
   </si>
   <si>
     <t>c_398781</t>
   </si>
   <si>
     <t>Laboratoire CONVATEC</t>
   </si>
   <si>
     <t>19/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398794/fr/restore</t>
   </si>
   <si>
     <t>c_398794</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
@@ -7080,2725 +7146,2725 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="B2" t="s">
-        <v>1694</v>
+        <v>1716</v>
       </c>
       <c r="C2" t="s">
-        <v>1695</v>
+        <v>1717</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1696</v>
+        <v>1718</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1697</v>
+        <v>1719</v>
       </c>
       <c r="H2" t="s">
-        <v>1698</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="B3" t="s">
-        <v>1699</v>
+        <v>1721</v>
       </c>
       <c r="C3" t="s">
-        <v>1700</v>
+        <v>1722</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1701</v>
+        <v>1723</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1702</v>
+        <v>1724</v>
       </c>
       <c r="H3" t="s">
-        <v>1703</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="B4" t="s">
-        <v>1704</v>
+        <v>1726</v>
       </c>
       <c r="C4" t="s">
-        <v>1705</v>
+        <v>1727</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1706</v>
+        <v>1728</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1707</v>
+        <v>1729</v>
       </c>
       <c r="H4" t="s">
-        <v>1708</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="B5" t="s">
-        <v>1709</v>
+        <v>1731</v>
       </c>
       <c r="C5" t="s">
-        <v>1710</v>
+        <v>1732</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1711</v>
+        <v>1733</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1712</v>
+        <v>1734</v>
       </c>
       <c r="H5" t="s">
-        <v>1713</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="B6" t="s">
-        <v>1714</v>
+        <v>1736</v>
       </c>
       <c r="C6" t="s">
-        <v>1715</v>
+        <v>1737</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1716</v>
+        <v>1738</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1717</v>
+        <v>1739</v>
       </c>
       <c r="H6" t="s">
-        <v>1718</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="B7" t="s">
-        <v>1719</v>
+        <v>1741</v>
       </c>
       <c r="C7" t="s">
-        <v>1720</v>
+        <v>1742</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1721</v>
+        <v>1743</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1722</v>
+        <v>1744</v>
       </c>
       <c r="H7" t="s">
-        <v>1723</v>
+        <v>1745</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B2" t="s">
-        <v>1725</v>
+        <v>1747</v>
       </c>
       <c r="C2" t="s">
-        <v>1726</v>
+        <v>1748</v>
       </c>
       <c r="D2" t="s">
-        <v>1727</v>
+        <v>1749</v>
       </c>
       <c r="E2" t="s">
-        <v>1728</v>
+        <v>1750</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1729</v>
+        <v>1751</v>
       </c>
       <c r="H2" t="s">
-        <v>1730</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B3" t="s">
-        <v>1731</v>
+        <v>1753</v>
       </c>
       <c r="C3" t="s">
-        <v>1732</v>
+        <v>1754</v>
       </c>
       <c r="D3" t="s">
-        <v>933</v>
+        <v>955</v>
       </c>
       <c r="E3" t="s">
-        <v>1733</v>
+        <v>1755</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1734</v>
+        <v>1756</v>
       </c>
       <c r="H3" t="s">
-        <v>1735</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B4" t="s">
-        <v>1736</v>
+        <v>1758</v>
       </c>
       <c r="C4" t="s">
-        <v>1737</v>
+        <v>1759</v>
       </c>
       <c r="D4" t="s">
-        <v>1738</v>
+        <v>1760</v>
       </c>
       <c r="E4" t="s">
-        <v>1739</v>
+        <v>1761</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1740</v>
+        <v>1762</v>
       </c>
       <c r="H4" t="s">
-        <v>1741</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B5" t="s">
-        <v>1742</v>
+        <v>1764</v>
       </c>
       <c r="C5" t="s">
-        <v>1743</v>
+        <v>1765</v>
       </c>
       <c r="D5" t="s">
-        <v>1744</v>
+        <v>1766</v>
       </c>
       <c r="E5" t="s">
-        <v>1745</v>
+        <v>1767</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1746</v>
+        <v>1768</v>
       </c>
       <c r="H5" t="s">
-        <v>1747</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B6" t="s">
-        <v>1748</v>
+        <v>1770</v>
       </c>
       <c r="C6" t="s">
-        <v>1749</v>
+        <v>1771</v>
       </c>
       <c r="D6" t="s">
-        <v>1750</v>
+        <v>1772</v>
       </c>
       <c r="E6" t="s">
-        <v>1751</v>
+        <v>1773</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1752</v>
+        <v>1774</v>
       </c>
       <c r="H6" t="s">
-        <v>1753</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B7" t="s">
-        <v>1754</v>
+        <v>1776</v>
       </c>
       <c r="C7" t="s">
-        <v>1755</v>
+        <v>1777</v>
       </c>
       <c r="D7" t="s">
-        <v>1756</v>
+        <v>1778</v>
       </c>
       <c r="E7" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1757</v>
+        <v>1779</v>
       </c>
       <c r="H7" t="s">
-        <v>1758</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B8" t="s">
-        <v>1759</v>
+        <v>1781</v>
       </c>
       <c r="C8" t="s">
-        <v>1760</v>
+        <v>1782</v>
       </c>
       <c r="D8" t="s">
-        <v>951</v>
+        <v>973</v>
       </c>
       <c r="E8" t="s">
-        <v>1761</v>
+        <v>1783</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1762</v>
+        <v>1784</v>
       </c>
       <c r="H8" t="s">
-        <v>1763</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B9" t="s">
-        <v>1764</v>
+        <v>1786</v>
       </c>
       <c r="C9" t="s">
-        <v>1765</v>
+        <v>1787</v>
       </c>
       <c r="D9" t="s">
-        <v>1766</v>
+        <v>1788</v>
       </c>
       <c r="E9" t="s">
-        <v>1767</v>
+        <v>1789</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1768</v>
+        <v>1790</v>
       </c>
       <c r="H9" t="s">
-        <v>1769</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B10" t="s">
-        <v>1770</v>
+        <v>1792</v>
       </c>
       <c r="C10" t="s">
-        <v>1771</v>
+        <v>1793</v>
       </c>
       <c r="D10" t="s">
-        <v>1772</v>
+        <v>1794</v>
       </c>
       <c r="E10" t="s">
-        <v>1773</v>
+        <v>1795</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1774</v>
+        <v>1796</v>
       </c>
       <c r="H10" t="s">
-        <v>1775</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B11" t="s">
-        <v>1776</v>
+        <v>1798</v>
       </c>
       <c r="C11" t="s">
-        <v>1777</v>
+        <v>1799</v>
       </c>
       <c r="D11" t="s">
-        <v>1778</v>
+        <v>1800</v>
       </c>
       <c r="E11" t="s">
-        <v>1779</v>
+        <v>1801</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1780</v>
+        <v>1802</v>
       </c>
       <c r="H11" t="s">
-        <v>1781</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B12" t="s">
-        <v>1782</v>
+        <v>1804</v>
       </c>
       <c r="C12" t="s">
-        <v>1783</v>
+        <v>1805</v>
       </c>
       <c r="D12" t="s">
-        <v>478</v>
+        <v>500</v>
       </c>
       <c r="E12" t="s">
-        <v>1784</v>
+        <v>1806</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1785</v>
+        <v>1807</v>
       </c>
       <c r="H12" t="s">
-        <v>1786</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B13" t="s">
-        <v>1787</v>
+        <v>1809</v>
       </c>
       <c r="C13" t="s">
-        <v>1788</v>
+        <v>1810</v>
       </c>
       <c r="D13" t="s">
-        <v>1789</v>
+        <v>1811</v>
       </c>
       <c r="E13" t="s">
-        <v>1790</v>
+        <v>1812</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1791</v>
+        <v>1813</v>
       </c>
       <c r="H13" t="s">
-        <v>1792</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B14" t="s">
-        <v>1793</v>
+        <v>1815</v>
       </c>
       <c r="C14" t="s">
-        <v>1794</v>
+        <v>1816</v>
       </c>
       <c r="D14" t="s">
-        <v>1795</v>
+        <v>1817</v>
       </c>
       <c r="E14" t="s">
-        <v>1796</v>
+        <v>1818</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1797</v>
+        <v>1819</v>
       </c>
       <c r="H14" t="s">
-        <v>1798</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B15" t="s">
-        <v>1799</v>
+        <v>1821</v>
       </c>
       <c r="C15" t="s">
-        <v>1800</v>
+        <v>1822</v>
       </c>
       <c r="D15" t="s">
-        <v>1801</v>
+        <v>1823</v>
       </c>
       <c r="E15" t="s">
-        <v>1802</v>
+        <v>1824</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1803</v>
+        <v>1825</v>
       </c>
       <c r="H15" t="s">
-        <v>1804</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B16" t="s">
-        <v>1805</v>
+        <v>1827</v>
       </c>
       <c r="C16" t="s">
-        <v>1806</v>
+        <v>1828</v>
       </c>
       <c r="D16" t="s">
-        <v>1807</v>
+        <v>1829</v>
       </c>
       <c r="E16" t="s">
-        <v>1808</v>
+        <v>1830</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1809</v>
+        <v>1831</v>
       </c>
       <c r="H16" t="s">
-        <v>1810</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B17" t="s">
-        <v>1811</v>
+        <v>1833</v>
       </c>
       <c r="C17" t="s">
-        <v>1812</v>
+        <v>1834</v>
       </c>
       <c r="D17" t="s">
-        <v>1813</v>
+        <v>1835</v>
       </c>
       <c r="E17" t="s">
-        <v>1814</v>
+        <v>1836</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1815</v>
+        <v>1837</v>
       </c>
       <c r="H17" t="s">
-        <v>1816</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B18" t="s">
-        <v>1817</v>
+        <v>1839</v>
       </c>
       <c r="C18" t="s">
-        <v>1818</v>
+        <v>1840</v>
       </c>
       <c r="D18" t="s">
-        <v>1819</v>
+        <v>1841</v>
       </c>
       <c r="E18" t="s">
-        <v>1820</v>
+        <v>1842</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1821</v>
+        <v>1843</v>
       </c>
       <c r="H18" t="s">
-        <v>1822</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B19" t="s">
-        <v>1823</v>
+        <v>1845</v>
       </c>
       <c r="C19" t="s">
-        <v>1824</v>
+        <v>1846</v>
       </c>
       <c r="D19" t="s">
-        <v>1825</v>
+        <v>1847</v>
       </c>
       <c r="E19" t="s">
-        <v>1826</v>
+        <v>1848</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1827</v>
+        <v>1849</v>
       </c>
       <c r="H19" t="s">
-        <v>1828</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B20" t="s">
-        <v>1829</v>
+        <v>1851</v>
       </c>
       <c r="C20" t="s">
-        <v>1830</v>
+        <v>1852</v>
       </c>
       <c r="D20" t="s">
-        <v>1831</v>
+        <v>1853</v>
       </c>
       <c r="E20" t="s">
-        <v>1832</v>
+        <v>1854</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1833</v>
+        <v>1855</v>
       </c>
       <c r="H20" t="s">
-        <v>1834</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B21" t="s">
-        <v>1835</v>
+        <v>1857</v>
       </c>
       <c r="C21" t="s">
-        <v>1836</v>
+        <v>1858</v>
       </c>
       <c r="D21" t="s">
-        <v>1825</v>
+        <v>1847</v>
       </c>
       <c r="E21" t="s">
-        <v>1832</v>
+        <v>1854</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1837</v>
+        <v>1859</v>
       </c>
       <c r="H21" t="s">
-        <v>1838</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B22" t="s">
-        <v>1839</v>
+        <v>1861</v>
       </c>
       <c r="C22" t="s">
-        <v>1840</v>
+        <v>1862</v>
       </c>
       <c r="D22" t="s">
-        <v>1841</v>
+        <v>1863</v>
       </c>
       <c r="E22" t="s">
-        <v>1842</v>
+        <v>1864</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1843</v>
+        <v>1865</v>
       </c>
       <c r="H22" t="s">
-        <v>1844</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B23" t="s">
-        <v>1845</v>
+        <v>1867</v>
       </c>
       <c r="C23" t="s">
-        <v>1846</v>
+        <v>1868</v>
       </c>
       <c r="D23" t="s">
-        <v>1345</v>
+        <v>1367</v>
       </c>
       <c r="E23" t="s">
-        <v>1847</v>
+        <v>1869</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1848</v>
+        <v>1870</v>
       </c>
       <c r="H23" t="s">
-        <v>1849</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B24" t="s">
-        <v>1850</v>
+        <v>1872</v>
       </c>
       <c r="C24" t="s">
-        <v>1851</v>
+        <v>1873</v>
       </c>
       <c r="D24" t="s">
-        <v>1852</v>
+        <v>1874</v>
       </c>
       <c r="E24" t="s">
-        <v>1853</v>
+        <v>1875</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1854</v>
+        <v>1876</v>
       </c>
       <c r="H24" t="s">
-        <v>1855</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B25" t="s">
-        <v>1856</v>
+        <v>1878</v>
       </c>
       <c r="C25" t="s">
-        <v>1857</v>
+        <v>1879</v>
       </c>
       <c r="D25" t="s">
-        <v>1858</v>
+        <v>1880</v>
       </c>
       <c r="E25" t="s">
-        <v>1859</v>
+        <v>1881</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1860</v>
+        <v>1882</v>
       </c>
       <c r="H25" t="s">
-        <v>1861</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B26" t="s">
-        <v>1862</v>
+        <v>1884</v>
       </c>
       <c r="C26" t="s">
-        <v>1863</v>
+        <v>1885</v>
       </c>
       <c r="D26" t="s">
-        <v>1858</v>
+        <v>1880</v>
       </c>
       <c r="E26" t="s">
-        <v>1859</v>
+        <v>1881</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1864</v>
+        <v>1886</v>
       </c>
       <c r="H26" t="s">
-        <v>1865</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B27" t="s">
-        <v>1866</v>
+        <v>1888</v>
       </c>
       <c r="C27" t="s">
-        <v>1867</v>
+        <v>1889</v>
       </c>
       <c r="D27" t="s">
-        <v>1868</v>
+        <v>1890</v>
       </c>
       <c r="E27" t="s">
-        <v>1869</v>
+        <v>1891</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1870</v>
+        <v>1892</v>
       </c>
       <c r="H27" t="s">
-        <v>1871</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B28" t="s">
-        <v>1872</v>
+        <v>1894</v>
       </c>
       <c r="C28" t="s">
-        <v>1873</v>
+        <v>1895</v>
       </c>
       <c r="D28" t="s">
-        <v>1874</v>
+        <v>1896</v>
       </c>
       <c r="E28" t="s">
-        <v>1875</v>
+        <v>1897</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1876</v>
+        <v>1898</v>
       </c>
       <c r="H28" t="s">
-        <v>1877</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B29" t="s">
-        <v>1878</v>
+        <v>1900</v>
       </c>
       <c r="C29" t="s">
-        <v>1879</v>
+        <v>1901</v>
       </c>
       <c r="D29" t="s">
-        <v>1880</v>
+        <v>1902</v>
       </c>
       <c r="E29" t="s">
-        <v>1881</v>
+        <v>1903</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1882</v>
+        <v>1904</v>
       </c>
       <c r="H29" t="s">
-        <v>1883</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B30" t="s">
-        <v>1884</v>
+        <v>1906</v>
       </c>
       <c r="C30" t="s">
-        <v>1885</v>
+        <v>1907</v>
       </c>
       <c r="D30" t="s">
-        <v>1886</v>
+        <v>1908</v>
       </c>
       <c r="E30" t="s">
-        <v>1887</v>
+        <v>1909</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1888</v>
+        <v>1910</v>
       </c>
       <c r="H30" t="s">
-        <v>1889</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B31" t="s">
-        <v>1890</v>
+        <v>1912</v>
       </c>
       <c r="C31" t="s">
-        <v>1891</v>
+        <v>1913</v>
       </c>
       <c r="D31" t="s">
-        <v>1892</v>
+        <v>1914</v>
       </c>
       <c r="E31" t="s">
-        <v>1893</v>
+        <v>1915</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1894</v>
+        <v>1916</v>
       </c>
       <c r="H31" t="s">
-        <v>1895</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B32" t="s">
-        <v>1896</v>
+        <v>1918</v>
       </c>
       <c r="C32" t="s">
-        <v>1897</v>
+        <v>1919</v>
       </c>
       <c r="D32" t="s">
-        <v>1898</v>
+        <v>1920</v>
       </c>
       <c r="E32" t="s">
-        <v>1899</v>
+        <v>1921</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1900</v>
+        <v>1922</v>
       </c>
       <c r="H32" t="s">
-        <v>1901</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B33" t="s">
-        <v>1902</v>
+        <v>1924</v>
       </c>
       <c r="C33" t="s">
-        <v>1903</v>
+        <v>1925</v>
       </c>
       <c r="D33" t="s">
-        <v>1904</v>
+        <v>1926</v>
       </c>
       <c r="E33" t="s">
-        <v>1905</v>
+        <v>1927</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1906</v>
+        <v>1928</v>
       </c>
       <c r="H33" t="s">
-        <v>1907</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B34" t="s">
-        <v>1908</v>
+        <v>1930</v>
       </c>
       <c r="C34" t="s">
-        <v>1909</v>
+        <v>1931</v>
       </c>
       <c r="D34" t="s">
-        <v>1910</v>
+        <v>1932</v>
       </c>
       <c r="E34" t="s">
-        <v>1911</v>
+        <v>1933</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1912</v>
+        <v>1934</v>
       </c>
       <c r="H34" t="s">
-        <v>1913</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B35" t="s">
-        <v>1914</v>
+        <v>1936</v>
       </c>
       <c r="C35" t="s">
-        <v>1914</v>
+        <v>1936</v>
       </c>
       <c r="D35" t="s">
-        <v>1915</v>
+        <v>1937</v>
       </c>
       <c r="E35" t="s">
-        <v>1916</v>
+        <v>1938</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1917</v>
+        <v>1939</v>
       </c>
       <c r="H35" t="s">
-        <v>1918</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B36" t="s">
-        <v>1919</v>
+        <v>1941</v>
       </c>
       <c r="C36" t="s">
-        <v>1920</v>
+        <v>1942</v>
       </c>
       <c r="D36" t="s">
-        <v>1921</v>
+        <v>1943</v>
       </c>
       <c r="E36" t="s">
-        <v>1922</v>
+        <v>1944</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1923</v>
+        <v>1945</v>
       </c>
       <c r="H36" t="s">
-        <v>1924</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B37" t="s">
-        <v>1925</v>
+        <v>1947</v>
       </c>
       <c r="C37" t="s">
-        <v>1926</v>
+        <v>1948</v>
       </c>
       <c r="D37" t="s">
-        <v>869</v>
+        <v>891</v>
       </c>
       <c r="E37" t="s">
-        <v>1927</v>
+        <v>1949</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1928</v>
+        <v>1950</v>
       </c>
       <c r="H37" t="s">
-        <v>1929</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B38" t="s">
-        <v>1930</v>
+        <v>1952</v>
       </c>
       <c r="C38" t="s">
-        <v>1931</v>
+        <v>1953</v>
       </c>
       <c r="D38" t="s">
-        <v>1932</v>
+        <v>1954</v>
       </c>
       <c r="E38" t="s">
-        <v>1933</v>
+        <v>1955</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1934</v>
+        <v>1956</v>
       </c>
       <c r="H38" t="s">
-        <v>1935</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B39" t="s">
-        <v>1936</v>
+        <v>1958</v>
       </c>
       <c r="C39" t="s">
-        <v>1937</v>
+        <v>1959</v>
       </c>
       <c r="D39" t="s">
-        <v>1938</v>
+        <v>1960</v>
       </c>
       <c r="E39" t="s">
-        <v>1939</v>
+        <v>1961</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1940</v>
+        <v>1962</v>
       </c>
       <c r="H39" t="s">
-        <v>1941</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B40" t="s">
-        <v>1942</v>
+        <v>1964</v>
       </c>
       <c r="C40" t="s">
-        <v>1943</v>
+        <v>1965</v>
       </c>
       <c r="D40" t="s">
-        <v>1944</v>
+        <v>1966</v>
       </c>
       <c r="E40" t="s">
-        <v>1945</v>
+        <v>1967</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1946</v>
+        <v>1968</v>
       </c>
       <c r="H40" t="s">
-        <v>1947</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B41" t="s">
-        <v>1948</v>
+        <v>1970</v>
       </c>
       <c r="C41" t="s">
-        <v>1949</v>
+        <v>1971</v>
       </c>
       <c r="D41" t="s">
         <v>24</v>
       </c>
       <c r="E41" t="s">
-        <v>1950</v>
+        <v>1972</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1951</v>
+        <v>1973</v>
       </c>
       <c r="H41" t="s">
-        <v>1952</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B42" t="s">
-        <v>1953</v>
+        <v>1975</v>
       </c>
       <c r="C42" t="s">
-        <v>1954</v>
+        <v>1976</v>
       </c>
       <c r="D42" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="E42" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1957</v>
+        <v>1979</v>
       </c>
       <c r="H42" t="s">
-        <v>1958</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B43" t="s">
-        <v>1959</v>
+        <v>1981</v>
       </c>
       <c r="C43" t="s">
-        <v>1960</v>
+        <v>1982</v>
       </c>
       <c r="D43" t="s">
-        <v>1961</v>
+        <v>1983</v>
       </c>
       <c r="E43" t="s">
-        <v>1962</v>
+        <v>1984</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1963</v>
+        <v>1985</v>
       </c>
       <c r="H43" t="s">
-        <v>1964</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B44" t="s">
-        <v>1965</v>
+        <v>1987</v>
       </c>
       <c r="C44" t="s">
-        <v>1966</v>
+        <v>1988</v>
       </c>
       <c r="D44" t="s">
-        <v>1967</v>
+        <v>1989</v>
       </c>
       <c r="E44" t="s">
-        <v>1968</v>
+        <v>1990</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1969</v>
+        <v>1991</v>
       </c>
       <c r="H44" t="s">
-        <v>1970</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B45" t="s">
-        <v>1971</v>
+        <v>1993</v>
       </c>
       <c r="C45" t="s">
-        <v>1972</v>
+        <v>1994</v>
       </c>
       <c r="D45" t="s">
-        <v>1973</v>
+        <v>1995</v>
       </c>
       <c r="E45" t="s">
-        <v>1974</v>
+        <v>1996</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1975</v>
+        <v>1997</v>
       </c>
       <c r="H45" t="s">
-        <v>1976</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B46" t="s">
-        <v>1977</v>
+        <v>1999</v>
       </c>
       <c r="C46" t="s">
-        <v>1978</v>
+        <v>2000</v>
       </c>
       <c r="D46" t="s">
-        <v>1979</v>
+        <v>2001</v>
       </c>
       <c r="E46" t="s">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1981</v>
+        <v>2003</v>
       </c>
       <c r="H46" t="s">
-        <v>1982</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B47" t="s">
-        <v>1983</v>
+        <v>2005</v>
       </c>
       <c r="C47" t="s">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="D47" t="s">
-        <v>1985</v>
+        <v>2007</v>
       </c>
       <c r="E47" t="s">
-        <v>1986</v>
+        <v>2008</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1987</v>
+        <v>2009</v>
       </c>
       <c r="H47" t="s">
-        <v>1988</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B48" t="s">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="C48" t="s">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="D48" t="s">
-        <v>1991</v>
+        <v>2013</v>
       </c>
       <c r="E48" t="s">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1993</v>
+        <v>2015</v>
       </c>
       <c r="H48" t="s">
-        <v>1994</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B49" t="s">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="C49" t="s">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="D49" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="E49" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="H49" t="s">
-        <v>2000</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B50" t="s">
-        <v>2001</v>
+        <v>2023</v>
       </c>
       <c r="C50" t="s">
-        <v>2002</v>
+        <v>2024</v>
       </c>
       <c r="D50" t="s">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="E50" t="s">
-        <v>2004</v>
+        <v>2026</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2005</v>
+        <v>2027</v>
       </c>
       <c r="H50" t="s">
-        <v>2006</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B51" t="s">
-        <v>2007</v>
+        <v>2029</v>
       </c>
       <c r="C51" t="s">
-        <v>2008</v>
+        <v>2030</v>
       </c>
       <c r="D51" t="s">
-        <v>2009</v>
+        <v>2031</v>
       </c>
       <c r="E51" t="s">
-        <v>2010</v>
+        <v>2032</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2011</v>
+        <v>2033</v>
       </c>
       <c r="H51" t="s">
-        <v>2012</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B52" t="s">
-        <v>2013</v>
+        <v>2035</v>
       </c>
       <c r="C52" t="s">
-        <v>2014</v>
+        <v>2036</v>
       </c>
       <c r="D52" t="s">
-        <v>2015</v>
+        <v>2037</v>
       </c>
       <c r="E52" t="s">
-        <v>2016</v>
+        <v>2038</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2017</v>
+        <v>2039</v>
       </c>
       <c r="H52" t="s">
-        <v>2018</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B53" t="s">
-        <v>2019</v>
+        <v>2041</v>
       </c>
       <c r="C53" t="s">
-        <v>2020</v>
+        <v>2042</v>
       </c>
       <c r="D53" t="s">
-        <v>2021</v>
+        <v>2043</v>
       </c>
       <c r="E53" t="s">
-        <v>2022</v>
+        <v>2044</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2023</v>
+        <v>2045</v>
       </c>
       <c r="H53" t="s">
-        <v>2024</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
       <c r="B54" t="s">
-        <v>2025</v>
+        <v>2047</v>
       </c>
       <c r="C54" t="s">
-        <v>2026</v>
+        <v>2048</v>
       </c>
       <c r="D54" t="s">
-        <v>2027</v>
+        <v>2049</v>
       </c>
       <c r="E54" t="s">
-        <v>2028</v>
+        <v>2050</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2029</v>
+        <v>2051</v>
       </c>
       <c r="H54" t="s">
-        <v>2030</v>
+        <v>2052</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B2" t="s">
-        <v>2032</v>
+        <v>2054</v>
       </c>
       <c r="C2" t="s">
-        <v>2033</v>
+        <v>2055</v>
       </c>
       <c r="D2" t="s">
-        <v>2034</v>
+        <v>2056</v>
       </c>
       <c r="E2" t="s">
-        <v>2035</v>
+        <v>2057</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2036</v>
+        <v>2058</v>
       </c>
       <c r="H2" t="s">
-        <v>2037</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B3" t="s">
-        <v>2038</v>
+        <v>2060</v>
       </c>
       <c r="C3" t="s">
-        <v>2039</v>
+        <v>2061</v>
       </c>
       <c r="D3" t="s">
-        <v>2040</v>
+        <v>2062</v>
       </c>
       <c r="E3" t="s">
-        <v>2041</v>
+        <v>2063</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2042</v>
+        <v>2064</v>
       </c>
       <c r="H3" t="s">
-        <v>2043</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B4" t="s">
-        <v>2044</v>
+        <v>2066</v>
       </c>
       <c r="C4" t="s">
-        <v>2045</v>
+        <v>2067</v>
       </c>
       <c r="D4" t="s">
-        <v>2046</v>
+        <v>2068</v>
       </c>
       <c r="E4" t="s">
-        <v>2047</v>
+        <v>2069</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2048</v>
+        <v>2070</v>
       </c>
       <c r="H4" t="s">
-        <v>2049</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B5" t="s">
-        <v>2050</v>
+        <v>2072</v>
       </c>
       <c r="C5" t="s">
-        <v>2051</v>
+        <v>2073</v>
       </c>
       <c r="D5" t="s">
-        <v>2052</v>
+        <v>2074</v>
       </c>
       <c r="E5" t="s">
-        <v>2053</v>
+        <v>2075</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2054</v>
+        <v>2076</v>
       </c>
       <c r="H5" t="s">
-        <v>2055</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B6" t="s">
-        <v>2056</v>
+        <v>2078</v>
       </c>
       <c r="C6" t="s">
-        <v>2057</v>
+        <v>2079</v>
       </c>
       <c r="D6" t="s">
-        <v>2058</v>
+        <v>2080</v>
       </c>
       <c r="E6" t="s">
-        <v>2059</v>
+        <v>2081</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2060</v>
+        <v>2082</v>
       </c>
       <c r="H6" t="s">
-        <v>2061</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B7" t="s">
-        <v>2062</v>
+        <v>2084</v>
       </c>
       <c r="C7" t="s">
-        <v>2063</v>
+        <v>2085</v>
       </c>
       <c r="D7" t="s">
-        <v>2064</v>
+        <v>2086</v>
       </c>
       <c r="E7" t="s">
-        <v>2065</v>
+        <v>2087</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2066</v>
+        <v>2088</v>
       </c>
       <c r="H7" t="s">
-        <v>2067</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B8" t="s">
-        <v>2068</v>
+        <v>2090</v>
       </c>
       <c r="C8" t="s">
-        <v>2069</v>
+        <v>2091</v>
       </c>
       <c r="D8" t="s">
-        <v>2070</v>
+        <v>2092</v>
       </c>
       <c r="E8" t="s">
-        <v>2071</v>
+        <v>2093</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2072</v>
+        <v>2094</v>
       </c>
       <c r="H8" t="s">
-        <v>2073</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B9" t="s">
-        <v>2074</v>
+        <v>2096</v>
       </c>
       <c r="C9" t="s">
-        <v>2075</v>
+        <v>2097</v>
       </c>
       <c r="D9" t="s">
-        <v>2076</v>
+        <v>2098</v>
       </c>
       <c r="E9" t="s">
-        <v>2077</v>
+        <v>2099</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2078</v>
+        <v>2100</v>
       </c>
       <c r="H9" t="s">
-        <v>2079</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B10" t="s">
-        <v>2080</v>
+        <v>2102</v>
       </c>
       <c r="C10" t="s">
-        <v>2081</v>
+        <v>2103</v>
       </c>
       <c r="D10" t="s">
-        <v>2082</v>
+        <v>2104</v>
       </c>
       <c r="E10" t="s">
-        <v>2083</v>
+        <v>2105</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2084</v>
+        <v>2106</v>
       </c>
       <c r="H10" t="s">
-        <v>2085</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B11" t="s">
-        <v>2086</v>
+        <v>2108</v>
       </c>
       <c r="C11" t="s">
-        <v>2087</v>
+        <v>2109</v>
       </c>
       <c r="D11" t="s">
-        <v>2088</v>
+        <v>2110</v>
       </c>
       <c r="E11" t="s">
-        <v>2089</v>
+        <v>2111</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2090</v>
+        <v>2112</v>
       </c>
       <c r="H11" t="s">
-        <v>2091</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B12" t="s">
-        <v>2092</v>
+        <v>2114</v>
       </c>
       <c r="C12" t="s">
-        <v>2093</v>
+        <v>2115</v>
       </c>
       <c r="D12" t="s">
-        <v>2094</v>
+        <v>2116</v>
       </c>
       <c r="E12" t="s">
-        <v>2095</v>
+        <v>2117</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2096</v>
+        <v>2118</v>
       </c>
       <c r="H12" t="s">
-        <v>2097</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B13" t="s">
-        <v>2098</v>
+        <v>2120</v>
       </c>
       <c r="C13" t="s">
-        <v>2099</v>
+        <v>2121</v>
       </c>
       <c r="D13" t="s">
-        <v>2100</v>
+        <v>2122</v>
       </c>
       <c r="E13" t="s">
-        <v>2101</v>
+        <v>2123</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2102</v>
+        <v>2124</v>
       </c>
       <c r="H13" t="s">
-        <v>2103</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B14" t="s">
-        <v>2104</v>
+        <v>2126</v>
       </c>
       <c r="C14" t="s">
-        <v>2105</v>
+        <v>2127</v>
       </c>
       <c r="D14" t="s">
-        <v>2106</v>
+        <v>2128</v>
       </c>
       <c r="E14" t="s">
-        <v>2107</v>
+        <v>2129</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2108</v>
+        <v>2130</v>
       </c>
       <c r="H14" t="s">
-        <v>2109</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B15" t="s">
-        <v>2110</v>
+        <v>2132</v>
       </c>
       <c r="C15" t="s">
-        <v>2111</v>
+        <v>2133</v>
       </c>
       <c r="D15" t="s">
-        <v>2112</v>
+        <v>2134</v>
       </c>
       <c r="E15" t="s">
-        <v>1887</v>
+        <v>1909</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2113</v>
+        <v>2135</v>
       </c>
       <c r="H15" t="s">
-        <v>2114</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B16" t="s">
-        <v>2115</v>
+        <v>2137</v>
       </c>
       <c r="C16" t="s">
-        <v>2116</v>
+        <v>2138</v>
       </c>
       <c r="D16" t="s">
-        <v>2117</v>
+        <v>2139</v>
       </c>
       <c r="E16" t="s">
-        <v>2118</v>
+        <v>2140</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2119</v>
+        <v>2141</v>
       </c>
       <c r="H16" t="s">
-        <v>2120</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B17" t="s">
-        <v>2121</v>
+        <v>2143</v>
       </c>
       <c r="C17" t="s">
-        <v>2122</v>
+        <v>2144</v>
       </c>
       <c r="D17" t="s">
-        <v>2117</v>
+        <v>2139</v>
       </c>
       <c r="E17" t="s">
-        <v>2118</v>
+        <v>2140</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2123</v>
+        <v>2145</v>
       </c>
       <c r="H17" t="s">
-        <v>2124</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B18" t="s">
-        <v>2125</v>
+        <v>2147</v>
       </c>
       <c r="C18" t="s">
-        <v>2126</v>
+        <v>2148</v>
       </c>
       <c r="D18" t="s">
-        <v>2127</v>
+        <v>2149</v>
       </c>
       <c r="E18" t="s">
-        <v>2128</v>
+        <v>2150</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2129</v>
+        <v>2151</v>
       </c>
       <c r="H18" t="s">
-        <v>2130</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B19" t="s">
-        <v>2131</v>
+        <v>2153</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>2132</v>
+        <v>2154</v>
       </c>
       <c r="E19" t="s">
-        <v>2133</v>
+        <v>2155</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2134</v>
+        <v>2156</v>
       </c>
       <c r="H19" t="s">
-        <v>2135</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B20" t="s">
-        <v>2136</v>
+        <v>2158</v>
       </c>
       <c r="C20" t="s">
-        <v>2137</v>
+        <v>2159</v>
       </c>
       <c r="D20" t="s">
-        <v>2138</v>
+        <v>2160</v>
       </c>
       <c r="E20" t="s">
-        <v>2139</v>
+        <v>2161</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2140</v>
+        <v>2162</v>
       </c>
       <c r="H20" t="s">
-        <v>2141</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B21" t="s">
-        <v>2142</v>
+        <v>2164</v>
       </c>
       <c r="C21" t="s">
-        <v>2143</v>
+        <v>2165</v>
       </c>
       <c r="D21" t="s">
-        <v>2144</v>
+        <v>2166</v>
       </c>
       <c r="E21" t="s">
-        <v>2145</v>
+        <v>2167</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2146</v>
+        <v>2168</v>
       </c>
       <c r="H21" t="s">
-        <v>2147</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B22" t="s">
-        <v>2148</v>
+        <v>2170</v>
       </c>
       <c r="C22" t="s">
-        <v>2149</v>
+        <v>2171</v>
       </c>
       <c r="D22" t="s">
-        <v>2150</v>
+        <v>2172</v>
       </c>
       <c r="E22" t="s">
-        <v>2151</v>
+        <v>2173</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2152</v>
+        <v>2174</v>
       </c>
       <c r="H22" t="s">
-        <v>2153</v>
+        <v>2175</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B2" t="s">
-        <v>2155</v>
+        <v>2177</v>
       </c>
       <c r="C2" t="s">
-        <v>2156</v>
+        <v>2178</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2157</v>
+        <v>2179</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2158</v>
+        <v>2180</v>
       </c>
       <c r="H2" t="s">
-        <v>2159</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B3" t="s">
-        <v>2160</v>
+        <v>2182</v>
       </c>
       <c r="C3" t="s">
-        <v>2161</v>
+        <v>2183</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2162</v>
+        <v>2184</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2163</v>
+        <v>2185</v>
       </c>
       <c r="H3" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B4" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2166</v>
+        <v>2188</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2167</v>
+        <v>2189</v>
       </c>
       <c r="H4" t="s">
-        <v>2168</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B5" t="s">
-        <v>2169</v>
+        <v>2191</v>
       </c>
       <c r="C5" t="s">
-        <v>2170</v>
+        <v>2192</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2171</v>
+        <v>2193</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="H5" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B6" t="s">
-        <v>2174</v>
+        <v>2196</v>
       </c>
       <c r="C6" t="s">
-        <v>2175</v>
+        <v>2197</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2176</v>
+        <v>2198</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2177</v>
+        <v>2199</v>
       </c>
       <c r="H6" t="s">
-        <v>2178</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B7" t="s">
-        <v>2179</v>
+        <v>2201</v>
       </c>
       <c r="C7" t="s">
-        <v>2180</v>
+        <v>2202</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2181</v>
+        <v>2203</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2182</v>
+        <v>2204</v>
       </c>
       <c r="H7" t="s">
-        <v>2183</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B8" t="s">
-        <v>2184</v>
+        <v>2206</v>
       </c>
       <c r="C8" t="s">
-        <v>2185</v>
+        <v>2207</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2186</v>
+        <v>2208</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2187</v>
+        <v>2209</v>
       </c>
       <c r="H8" t="s">
-        <v>2188</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B9" t="s">
-        <v>2189</v>
+        <v>2211</v>
       </c>
       <c r="C9" t="s">
-        <v>2190</v>
+        <v>2212</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2191</v>
+        <v>2213</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2192</v>
+        <v>2214</v>
       </c>
       <c r="H9" t="s">
-        <v>2193</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B10" t="s">
-        <v>2194</v>
+        <v>2216</v>
       </c>
       <c r="C10" t="s">
-        <v>2195</v>
+        <v>2217</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2196</v>
+        <v>2218</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2197</v>
+        <v>2219</v>
       </c>
       <c r="H10" t="s">
-        <v>2198</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B11" t="s">
-        <v>2199</v>
+        <v>2221</v>
       </c>
       <c r="C11" t="s">
-        <v>2200</v>
+        <v>2222</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2201</v>
+        <v>2223</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2202</v>
+        <v>2224</v>
       </c>
       <c r="H11" t="s">
-        <v>2203</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B12" t="s">
-        <v>2204</v>
+        <v>2226</v>
       </c>
       <c r="C12" t="s">
-        <v>2205</v>
+        <v>2227</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2206</v>
+        <v>2228</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2207</v>
+        <v>2229</v>
       </c>
       <c r="H12" t="s">
-        <v>2208</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B13" t="s">
-        <v>2209</v>
+        <v>2231</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2210</v>
+        <v>2232</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2211</v>
+        <v>2233</v>
       </c>
       <c r="H13" t="s">
-        <v>2212</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B14" t="s">
-        <v>2213</v>
+        <v>2235</v>
       </c>
       <c r="C14" t="s">
-        <v>2214</v>
+        <v>2236</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2215</v>
+        <v>2237</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2216</v>
+        <v>2238</v>
       </c>
       <c r="H14" t="s">
-        <v>2217</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B15" t="s">
-        <v>2218</v>
+        <v>2240</v>
       </c>
       <c r="C15" t="s">
-        <v>2219</v>
+        <v>2241</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>2220</v>
+        <v>2242</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2221</v>
+        <v>2243</v>
       </c>
       <c r="H15" t="s">
-        <v>2222</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B16" t="s">
-        <v>2223</v>
+        <v>2245</v>
       </c>
       <c r="C16" t="s">
-        <v>2224</v>
+        <v>2246</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2226</v>
+        <v>2248</v>
       </c>
       <c r="H16" t="s">
-        <v>2227</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B17" t="s">
-        <v>2228</v>
+        <v>2250</v>
       </c>
       <c r="C17" t="s">
-        <v>2229</v>
+        <v>2251</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>2230</v>
+        <v>2252</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2231</v>
+        <v>2253</v>
       </c>
       <c r="H17" t="s">
-        <v>2232</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B18" t="s">
-        <v>2233</v>
+        <v>2255</v>
       </c>
       <c r="C18" t="s">
-        <v>2234</v>
+        <v>2256</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2235</v>
+        <v>2257</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2236</v>
+        <v>2258</v>
       </c>
       <c r="H18" t="s">
-        <v>2237</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
       <c r="B19" t="s">
-        <v>2238</v>
+        <v>2260</v>
       </c>
       <c r="C19" t="s">
-        <v>2239</v>
+        <v>2261</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2240</v>
+        <v>2262</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2241</v>
+        <v>2263</v>
       </c>
       <c r="H19" t="s">
-        <v>2242</v>
+        <v>2264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J62"/>
+  <dimension ref="A1:J65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -9835,1395 +9901,1395 @@
       </c>
       <c r="G2" t="s">
         <v>58</v>
       </c>
       <c r="H2" t="s">
         <v>59</v>
       </c>
       <c r="I2" t="s">
         <v>60</v>
       </c>
       <c r="J2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>54</v>
       </c>
       <c r="B3" t="s">
         <v>62</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E3" t="s">
         <v>63</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>64</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>65</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="J3" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>54</v>
       </c>
       <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>69</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>70</v>
       </c>
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>71</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J4" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>54</v>
       </c>
       <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E5" t="s">
         <v>75</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>76</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>77</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>78</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
         <v>81</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>82</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>83</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>84</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J6" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>87</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I7" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="J7" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>54</v>
       </c>
       <c r="B8" t="s">
         <v>93</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" t="s">
         <v>94</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>95</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>96</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>97</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
+        <v>99</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
         <v>100</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>101</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>102</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>103</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
+        <v>85</v>
+      </c>
+      <c r="J9" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>54</v>
       </c>
       <c r="B10" t="s">
+        <v>105</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E10" t="s">
+        <v>106</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>107</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="H10" t="s">
         <v>108</v>
       </c>
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>109</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="J10" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>54</v>
       </c>
       <c r="B11" t="s">
+        <v>111</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
         <v>112</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>113</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>114</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>115</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>116</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>54</v>
       </c>
       <c r="B12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
         <v>119</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>120</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>121</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>122</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>123</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
         <v>126</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>127</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>128</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>129</v>
       </c>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="J13" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
+        <v>130</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>131</v>
+      </c>
+      <c r="E14" t="s">
+        <v>132</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>133</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="H14" t="s">
         <v>134</v>
       </c>
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>135</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="J14" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
+        <v>137</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>138</v>
+      </c>
+      <c r="E15" t="s">
+        <v>139</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>140</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="H15" t="s">
         <v>141</v>
       </c>
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>142</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="J15" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>54</v>
       </c>
       <c r="B16" t="s">
+        <v>144</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>145</v>
+      </c>
+      <c r="E16" t="s">
+        <v>146</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>147</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="H16" t="s">
         <v>148</v>
       </c>
-      <c r="E16" t="s">
+      <c r="I16" t="s">
         <v>149</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="J16" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>152</v>
+      </c>
+      <c r="E17" t="s">
         <v>153</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>154</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>155</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>156</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
         <v>159</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>160</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>161</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>162</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>163</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
+        <v>165</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E19" t="s">
         <v>167</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>168</v>
       </c>
       <c r="H19" t="s">
         <v>169</v>
       </c>
       <c r="I19" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="J19" t="s">
-        <v>170</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>54</v>
       </c>
       <c r="B20" t="s">
         <v>171</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="E20" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H20" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I20" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="J20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="E21" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="H21" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="I21" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J21" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="E22" t="s">
+        <v>185</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>186</v>
+      </c>
+      <c r="H22" t="s">
+        <v>187</v>
+      </c>
+      <c r="I22" t="s">
         <v>182</v>
       </c>
-      <c r="F22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>54</v>
       </c>
       <c r="B23" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
-        <v>187</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="E23" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>190</v>
       </c>
       <c r="H23" t="s">
         <v>191</v>
       </c>
       <c r="I23" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="J23" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>193</v>
       </c>
       <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>178</v>
+      </c>
+      <c r="E24" t="s">
+        <v>185</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>194</v>
       </c>
-      <c r="D24" t="s">
+      <c r="H24" t="s">
         <v>195</v>
       </c>
-      <c r="E24" t="s">
+      <c r="I24" t="s">
         <v>196</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="J24" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
+        <v>198</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>199</v>
+      </c>
+      <c r="E25" t="s">
         <v>200</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>201</v>
       </c>
-      <c r="D25" t="s">
+      <c r="H25" t="s">
         <v>202</v>
       </c>
-      <c r="E25" t="s">
+      <c r="I25" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" t="s">
         <v>203</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
+        <v>204</v>
+      </c>
+      <c r="C26" t="s">
+        <v>205</v>
+      </c>
+      <c r="D26" t="s">
+        <v>206</v>
+      </c>
+      <c r="E26" t="s">
         <v>207</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>208</v>
       </c>
-      <c r="D26" t="s">
+      <c r="H26" t="s">
         <v>209</v>
       </c>
-      <c r="E26" t="s">
+      <c r="I26" t="s">
+        <v>205</v>
+      </c>
+      <c r="J26" t="s">
         <v>210</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>211</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>212</v>
       </c>
       <c r="D27" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I27" t="s">
-        <v>13</v>
+        <v>212</v>
       </c>
       <c r="J27" t="s">
-        <v>185</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>54</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>218</v>
       </c>
       <c r="D28" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E28" t="s">
+        <v>220</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>221</v>
+      </c>
+      <c r="H28" t="s">
+        <v>222</v>
+      </c>
+      <c r="I28" t="s">
         <v>218</v>
       </c>
-      <c r="F28" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C29" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
+        <v>227</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>228</v>
+      </c>
+      <c r="H29" t="s">
+        <v>229</v>
+      </c>
+      <c r="I29" t="s">
         <v>225</v>
       </c>
-      <c r="F29" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>228</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>54</v>
       </c>
       <c r="B30" t="s">
-        <v>229</v>
+        <v>198</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
+        <v>226</v>
+      </c>
+      <c r="E30" t="s">
         <v>230</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>231</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>232</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
       <c r="J30" t="s">
-        <v>234</v>
+        <v>203</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>54</v>
       </c>
       <c r="B31" t="s">
+        <v>233</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>234</v>
+      </c>
+      <c r="E31" t="s">
         <v>235</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>236</v>
       </c>
-      <c r="D31" t="s">
+      <c r="H31" t="s">
         <v>237</v>
       </c>
-      <c r="E31" t="s">
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>54</v>
       </c>
       <c r="B32" t="s">
+        <v>239</v>
+      </c>
+      <c r="C32" t="s">
+        <v>240</v>
+      </c>
+      <c r="D32" t="s">
+        <v>241</v>
+      </c>
+      <c r="E32" t="s">
         <v>242</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>243</v>
       </c>
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>244</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="I32" t="s">
+        <v>240</v>
+      </c>
+      <c r="J32" t="s">
         <v>245</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
+        <v>246</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>247</v>
+      </c>
+      <c r="E33" t="s">
         <v>248</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>249</v>
       </c>
-      <c r="D33" t="s">
+      <c r="H33" t="s">
         <v>250</v>
       </c>
-      <c r="E33" t="s">
+      <c r="I33" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" t="s">
         <v>251</v>
-      </c>
-[...13 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>54</v>
       </c>
       <c r="B34" t="s">
+        <v>252</v>
+      </c>
+      <c r="C34" t="s">
+        <v>253</v>
+      </c>
+      <c r="D34" t="s">
+        <v>254</v>
+      </c>
+      <c r="E34" t="s">
         <v>255</v>
       </c>
-      <c r="C34" t="s">
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>256</v>
       </c>
-      <c r="D34" t="s">
+      <c r="H34" t="s">
         <v>257</v>
       </c>
-      <c r="E34" t="s">
+      <c r="I34" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" t="s">
         <v>258</v>
-      </c>
-[...13 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>54</v>
       </c>
       <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>260</v>
+      </c>
+      <c r="E35" t="s">
+        <v>261</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>262</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>263</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="I35" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
+        <v>265</v>
+      </c>
+      <c r="C36" t="s">
         <v>266</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>267</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>268</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
         <v>269</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>270</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>54</v>
       </c>
       <c r="B37" t="s">
+        <v>272</v>
+      </c>
+      <c r="C37" t="s">
         <v>273</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>274</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>275</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>276</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>277</v>
       </c>
-      <c r="H37" t="s">
+      <c r="I37" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>54</v>
       </c>
       <c r="B38" t="s">
         <v>279</v>
       </c>
       <c r="C38" t="s">
+        <v>273</v>
+      </c>
+      <c r="D38" t="s">
         <v>274</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H38" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
       <c r="J38" t="s">
-        <v>254</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E39" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H39" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I39" t="s">
         <v>13</v>
       </c>
       <c r="J39" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>54</v>
       </c>
       <c r="B40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D40" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E40" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H40" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
       <c r="J40" t="s">
-        <v>294</v>
+        <v>271</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>54</v>
       </c>
       <c r="B41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C41" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D41" t="s">
+        <v>292</v>
+      </c>
+      <c r="E41" t="s">
+        <v>293</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
         <v>297</v>
       </c>
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>298</v>
       </c>
-      <c r="F41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I41" t="s">
         <v>13</v>
       </c>
       <c r="J41" t="s">
-        <v>301</v>
+        <v>271</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>54</v>
       </c>
       <c r="B42" t="s">
+        <v>299</v>
+      </c>
+      <c r="C42" t="s">
+        <v>300</v>
+      </c>
+      <c r="D42" t="s">
+        <v>301</v>
+      </c>
+      <c r="E42" t="s">
         <v>302</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
         <v>303</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>304</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>54</v>
       </c>
       <c r="B43" t="s">
+        <v>306</v>
+      </c>
+      <c r="C43" t="s">
         <v>307</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
+        <v>301</v>
+      </c>
+      <c r="E43" t="s">
         <v>308</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>309</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>310</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>54</v>
       </c>
       <c r="B44" t="s">
+        <v>312</v>
+      </c>
+      <c r="C44" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>314</v>
       </c>
       <c r="E44" t="s">
         <v>315</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>316</v>
       </c>
       <c r="H44" t="s">
         <v>317</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
       <c r="J44" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>54</v>
       </c>
       <c r="B45" t="s">
-        <v>200</v>
+        <v>319</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="E45" t="s">
         <v>320</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>321</v>
       </c>
       <c r="H45" t="s">
         <v>322</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
       <c r="J45" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>54</v>
       </c>
       <c r="B46" t="s">
@@ -11240,7308 +11306,7430 @@
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>327</v>
       </c>
       <c r="H46" t="s">
         <v>328</v>
       </c>
       <c r="I46" t="s">
         <v>13</v>
       </c>
       <c r="J46" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>54</v>
       </c>
       <c r="B47" t="s">
         <v>330</v>
       </c>
       <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
         <v>331</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>332</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
         <v>333</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>334</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>54</v>
       </c>
       <c r="B48" t="s">
+        <v>217</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>336</v>
+      </c>
+      <c r="E48" t="s">
         <v>337</v>
       </c>
-      <c r="C48" t="s">
-[...2 lines deleted...]
-      <c r="D48" t="s">
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>338</v>
       </c>
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>339</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="I48" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>54</v>
       </c>
       <c r="B49" t="s">
+        <v>341</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>342</v>
+      </c>
+      <c r="E49" t="s">
         <v>343</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
         <v>344</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>345</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>54</v>
       </c>
       <c r="B50" t="s">
+        <v>347</v>
+      </c>
+      <c r="C50" t="s">
         <v>348</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="E50" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H50" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I50" t="s">
-        <v>13</v>
+        <v>348</v>
       </c>
       <c r="J50" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="E51" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H51" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I51" t="s">
         <v>13</v>
       </c>
       <c r="J51" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="E52" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H52" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="I52" t="s">
         <v>13</v>
       </c>
       <c r="J52" t="s">
-        <v>342</v>
+        <v>364</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>54</v>
       </c>
       <c r="B53" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="E53" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="H53" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="I53" t="s">
         <v>13</v>
       </c>
       <c r="J53" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="E54" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="H54" t="s">
+        <v>373</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="E55" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H55" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="I55" t="s">
         <v>13</v>
       </c>
       <c r="J55" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="E56" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="H56" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="I56" t="s">
         <v>13</v>
       </c>
       <c r="J56" t="s">
-        <v>352</v>
+        <v>382</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>54</v>
       </c>
       <c r="B57" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="E57" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="H57" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="I57" t="s">
         <v>13</v>
       </c>
       <c r="J57" t="s">
-        <v>382</v>
+        <v>364</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>54</v>
       </c>
       <c r="B58" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="E58" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="H58" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58" t="s">
-        <v>386</v>
+        <v>369</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>54</v>
       </c>
       <c r="B59" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="E59" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="H59" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="I59" t="s">
         <v>13</v>
       </c>
       <c r="J59" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>54</v>
       </c>
       <c r="B60" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="E60" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="H60" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="I60" t="s">
         <v>13</v>
       </c>
       <c r="J60" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>54</v>
       </c>
       <c r="B61" t="s">
+        <v>400</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
         <v>396</v>
       </c>
-      <c r="C61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="H61" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="I61" t="s">
         <v>13</v>
       </c>
       <c r="J61" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>54</v>
       </c>
       <c r="B62" t="s">
-        <v>324</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E62" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="H62" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62" t="s">
-        <v>329</v>
+        <v>407</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>54</v>
+      </c>
+      <c r="B63" t="s">
+        <v>408</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>409</v>
+      </c>
+      <c r="E63" t="s">
+        <v>409</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>410</v>
+      </c>
+      <c r="H63" t="s">
+        <v>411</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>54</v>
+      </c>
+      <c r="B64" t="s">
+        <v>413</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>414</v>
+      </c>
+      <c r="E64" t="s">
+        <v>414</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>415</v>
+      </c>
+      <c r="H64" t="s">
+        <v>416</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>54</v>
+      </c>
+      <c r="B65" t="s">
+        <v>341</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>418</v>
+      </c>
+      <c r="E65" t="s">
+        <v>418</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>419</v>
+      </c>
+      <c r="H65" t="s">
+        <v>420</v>
+      </c>
+      <c r="I65" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" t="s">
+        <v>346</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H55"/>
+  <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B2" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="C2" t="s">
-        <v>406</v>
+        <v>423</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>407</v>
+        <v>424</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>408</v>
+        <v>425</v>
       </c>
       <c r="H2" t="s">
-        <v>409</v>
+        <v>426</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B3" t="s">
-        <v>410</v>
+        <v>427</v>
       </c>
       <c r="C3" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>412</v>
+        <v>429</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>413</v>
+        <v>430</v>
       </c>
       <c r="H3" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B4" t="s">
-        <v>415</v>
+        <v>432</v>
       </c>
       <c r="C4" t="s">
-        <v>416</v>
+        <v>433</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>417</v>
+        <v>434</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>418</v>
+        <v>435</v>
       </c>
       <c r="H4" t="s">
-        <v>419</v>
+        <v>436</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B5" t="s">
-        <v>420</v>
+        <v>437</v>
       </c>
       <c r="C5" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>422</v>
+        <v>439</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>423</v>
+        <v>440</v>
       </c>
       <c r="H5" t="s">
-        <v>424</v>
+        <v>441</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B6" t="s">
-        <v>425</v>
+        <v>442</v>
       </c>
       <c r="C6" t="s">
-        <v>426</v>
+        <v>443</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>427</v>
+        <v>444</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="H6" t="s">
-        <v>429</v>
+        <v>446</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B7" t="s">
-        <v>430</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>432</v>
+        <v>449</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>433</v>
+        <v>450</v>
       </c>
       <c r="H7" t="s">
-        <v>434</v>
+        <v>451</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B8" t="s">
-        <v>435</v>
+        <v>452</v>
       </c>
       <c r="C8" t="s">
-        <v>436</v>
+        <v>453</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="H8" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B9" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="C9" t="s">
-        <v>441</v>
+        <v>458</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>442</v>
+        <v>459</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>443</v>
+        <v>460</v>
       </c>
       <c r="H9" t="s">
-        <v>444</v>
+        <v>461</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>462</v>
       </c>
       <c r="C10" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>447</v>
+        <v>464</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>448</v>
+        <v>465</v>
       </c>
       <c r="H10" t="s">
-        <v>449</v>
+        <v>466</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B11" t="s">
-        <v>450</v>
+        <v>467</v>
       </c>
       <c r="C11" t="s">
-        <v>451</v>
+        <v>468</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>452</v>
+        <v>469</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>453</v>
+        <v>470</v>
       </c>
       <c r="H11" t="s">
-        <v>454</v>
+        <v>471</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B12" t="s">
-        <v>455</v>
+        <v>472</v>
       </c>
       <c r="C12" t="s">
-        <v>456</v>
+        <v>473</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>457</v>
+        <v>474</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="H12" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B13" t="s">
-        <v>460</v>
+        <v>477</v>
       </c>
       <c r="C13" t="s">
-        <v>461</v>
+        <v>478</v>
       </c>
       <c r="D13" t="s">
-        <v>462</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>463</v>
+        <v>479</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="H13" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="C14" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="D14" t="s">
-        <v>462</v>
+        <v>484</v>
       </c>
       <c r="E14" t="s">
-        <v>463</v>
+        <v>485</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="H14" t="s">
-        <v>469</v>
+        <v>487</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B15" t="s">
-        <v>470</v>
+        <v>488</v>
       </c>
       <c r="C15" t="s">
-        <v>471</v>
+        <v>489</v>
       </c>
       <c r="D15" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="E15" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>474</v>
+        <v>490</v>
       </c>
       <c r="H15" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B16" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="C16" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="D16" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="E16" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="H16" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="C17" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>500</v>
       </c>
       <c r="E17" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>485</v>
+        <v>502</v>
       </c>
       <c r="H17" t="s">
-        <v>486</v>
+        <v>503</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B18" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="C18" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
       <c r="H18" t="s">
-        <v>491</v>
+        <v>508</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B19" t="s">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="C19" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>489</v>
+        <v>511</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>494</v>
+        <v>512</v>
       </c>
       <c r="H19" t="s">
-        <v>495</v>
+        <v>513</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B20" t="s">
-        <v>496</v>
+        <v>514</v>
       </c>
       <c r="C20" t="s">
-        <v>497</v>
+        <v>515</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>489</v>
+        <v>511</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="H20" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B21" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="C21" t="s">
-        <v>501</v>
+        <v>519</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>489</v>
+        <v>511</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="H21" t="s">
-        <v>503</v>
+        <v>521</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B22" t="s">
-        <v>504</v>
+        <v>522</v>
       </c>
       <c r="C22" t="s">
-        <v>505</v>
+        <v>523</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>489</v>
+        <v>511</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>506</v>
+        <v>524</v>
       </c>
       <c r="H22" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B23" t="s">
-        <v>508</v>
+        <v>526</v>
       </c>
       <c r="C23" t="s">
-        <v>509</v>
+        <v>527</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>489</v>
+        <v>511</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>510</v>
+        <v>528</v>
       </c>
       <c r="H23" t="s">
-        <v>511</v>
+        <v>529</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B24" t="s">
-        <v>512</v>
+        <v>530</v>
       </c>
       <c r="C24" t="s">
-        <v>513</v>
+        <v>531</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>515</v>
+        <v>532</v>
       </c>
       <c r="H24" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B25" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
       <c r="C25" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="H25" t="s">
-        <v>521</v>
+        <v>538</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B26" t="s">
-        <v>522</v>
+        <v>539</v>
       </c>
       <c r="C26" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>524</v>
+        <v>541</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>525</v>
+        <v>542</v>
       </c>
       <c r="H26" t="s">
-        <v>526</v>
+        <v>543</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B27" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
       <c r="C27" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>529</v>
+        <v>546</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
       <c r="H27" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B28" t="s">
-        <v>532</v>
+        <v>549</v>
       </c>
       <c r="C28" t="s">
-        <v>533</v>
+        <v>550</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="H28" t="s">
-        <v>536</v>
+        <v>553</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B29" t="s">
-        <v>537</v>
+        <v>554</v>
       </c>
       <c r="C29" t="s">
-        <v>538</v>
+        <v>555</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>539</v>
+        <v>556</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>540</v>
+        <v>557</v>
       </c>
       <c r="H29" t="s">
-        <v>541</v>
+        <v>558</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B30" t="s">
-        <v>542</v>
+        <v>559</v>
       </c>
       <c r="C30" t="s">
-        <v>543</v>
+        <v>560</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>544</v>
+        <v>562</v>
       </c>
       <c r="H30" t="s">
-        <v>545</v>
+        <v>563</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B31" t="s">
-        <v>546</v>
+        <v>564</v>
       </c>
       <c r="C31" t="s">
-        <v>547</v>
+        <v>565</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>548</v>
+        <v>561</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="H31" t="s">
-        <v>550</v>
+        <v>567</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B32" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
       <c r="C32" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>548</v>
+        <v>570</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>553</v>
+        <v>571</v>
       </c>
       <c r="H32" t="s">
-        <v>554</v>
+        <v>572</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B33" t="s">
-        <v>555</v>
+        <v>573</v>
       </c>
       <c r="C33" t="s">
-        <v>556</v>
+        <v>574</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>548</v>
+        <v>570</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="H33" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B34" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
       <c r="C34" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>548</v>
+        <v>570</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>561</v>
+        <v>579</v>
       </c>
       <c r="H34" t="s">
-        <v>562</v>
+        <v>580</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B35" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="C35" t="s">
-        <v>564</v>
+        <v>582</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>566</v>
+        <v>583</v>
       </c>
       <c r="H35" t="s">
-        <v>567</v>
+        <v>584</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B36" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="C36" t="s">
-        <v>569</v>
+        <v>586</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>570</v>
+        <v>587</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="H36" t="s">
-        <v>572</v>
+        <v>589</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B37" t="s">
-        <v>573</v>
+        <v>590</v>
       </c>
       <c r="C37" t="s">
-        <v>574</v>
+        <v>591</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>575</v>
+        <v>592</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>576</v>
+        <v>593</v>
       </c>
       <c r="H37" t="s">
-        <v>577</v>
+        <v>594</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B38" t="s">
-        <v>578</v>
+        <v>595</v>
       </c>
       <c r="C38" t="s">
-        <v>579</v>
+        <v>596</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>580</v>
+        <v>597</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
       <c r="H38" t="s">
-        <v>582</v>
+        <v>599</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B39" t="s">
-        <v>583</v>
+        <v>600</v>
       </c>
       <c r="C39" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>580</v>
+        <v>602</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="H39" t="s">
-        <v>586</v>
+        <v>604</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B40" t="s">
-        <v>587</v>
+        <v>605</v>
       </c>
       <c r="C40" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>590</v>
+        <v>607</v>
       </c>
       <c r="H40" t="s">
-        <v>591</v>
+        <v>608</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B41" t="s">
-        <v>592</v>
+        <v>609</v>
       </c>
       <c r="C41" t="s">
-        <v>593</v>
+        <v>610</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>594</v>
+        <v>612</v>
       </c>
       <c r="H41" t="s">
-        <v>595</v>
+        <v>613</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B42" t="s">
-        <v>596</v>
+        <v>614</v>
       </c>
       <c r="C42" t="s">
-        <v>597</v>
+        <v>615</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>598</v>
+        <v>611</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
       <c r="H42" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B43" t="s">
-        <v>601</v>
+        <v>618</v>
       </c>
       <c r="C43" t="s">
-        <v>602</v>
+        <v>619</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>603</v>
+        <v>621</v>
       </c>
       <c r="H43" t="s">
-        <v>604</v>
+        <v>622</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B44" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="C44" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>607</v>
+        <v>620</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
       <c r="H44" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B45" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
       <c r="C45" t="s">
-        <v>611</v>
+        <v>628</v>
       </c>
       <c r="D45" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>613</v>
+        <v>629</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>614</v>
+        <v>630</v>
       </c>
       <c r="H45" t="s">
-        <v>615</v>
+        <v>631</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B46" t="s">
-        <v>616</v>
+        <v>632</v>
       </c>
       <c r="C46" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>634</v>
       </c>
       <c r="E46" t="s">
-        <v>618</v>
+        <v>635</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>619</v>
+        <v>636</v>
       </c>
       <c r="H46" t="s">
-        <v>620</v>
+        <v>637</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B47" t="s">
-        <v>621</v>
+        <v>638</v>
       </c>
       <c r="C47" t="s">
-        <v>622</v>
+        <v>639</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>624</v>
+        <v>641</v>
       </c>
       <c r="H47" t="s">
-        <v>625</v>
+        <v>642</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B48" t="s">
-        <v>626</v>
+        <v>643</v>
       </c>
       <c r="C48" t="s">
-        <v>627</v>
+        <v>644</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>628</v>
+        <v>645</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>629</v>
+        <v>646</v>
       </c>
       <c r="H48" t="s">
-        <v>630</v>
+        <v>647</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B49" t="s">
-        <v>631</v>
+        <v>648</v>
       </c>
       <c r="C49" t="s">
-        <v>632</v>
+        <v>649</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>633</v>
+        <v>650</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>634</v>
+        <v>651</v>
       </c>
       <c r="H49" t="s">
-        <v>635</v>
+        <v>652</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B50" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
       <c r="C50" t="s">
-        <v>637</v>
+        <v>654</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>638</v>
+        <v>655</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>639</v>
+        <v>656</v>
       </c>
       <c r="H50" t="s">
-        <v>640</v>
+        <v>657</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B51" t="s">
-        <v>641</v>
+        <v>658</v>
       </c>
       <c r="C51" t="s">
-        <v>642</v>
+        <v>659</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>643</v>
+        <v>660</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>644</v>
+        <v>661</v>
       </c>
       <c r="H51" t="s">
-        <v>645</v>
+        <v>662</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B52" t="s">
-        <v>646</v>
+        <v>663</v>
       </c>
       <c r="C52" t="s">
-        <v>647</v>
+        <v>664</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>648</v>
+        <v>665</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>649</v>
+        <v>666</v>
       </c>
       <c r="H52" t="s">
-        <v>650</v>
+        <v>667</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B53" t="s">
-        <v>651</v>
+        <v>668</v>
       </c>
       <c r="C53" t="s">
-        <v>652</v>
+        <v>669</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>653</v>
+        <v>670</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>654</v>
+        <v>671</v>
       </c>
       <c r="H53" t="s">
-        <v>655</v>
+        <v>672</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B54" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="C54" t="s">
-        <v>657</v>
+        <v>674</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="H54" t="s">
-        <v>660</v>
+        <v>677</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B55" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="C55" t="s">
-        <v>662</v>
+        <v>679</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>664</v>
+        <v>681</v>
       </c>
       <c r="H55" t="s">
-        <v>665</v>
+        <v>682</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>421</v>
+      </c>
+      <c r="B56" t="s">
+        <v>683</v>
+      </c>
+      <c r="C56" t="s">
+        <v>684</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>685</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>686</v>
+      </c>
+      <c r="H56" t="s">
+        <v>687</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>666</v>
+        <v>688</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B2" t="s">
-        <v>668</v>
+        <v>690</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>669</v>
+        <v>691</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>670</v>
+        <v>692</v>
       </c>
       <c r="H2" t="s">
-        <v>671</v>
+        <v>693</v>
       </c>
       <c r="I2" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B3" t="s">
-        <v>673</v>
+        <v>695</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>674</v>
+        <v>696</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>675</v>
+        <v>697</v>
       </c>
       <c r="H3" t="s">
-        <v>676</v>
+        <v>698</v>
       </c>
       <c r="I3" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B4" t="s">
-        <v>677</v>
+        <v>699</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>678</v>
+        <v>700</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>679</v>
+        <v>701</v>
       </c>
       <c r="H4" t="s">
-        <v>680</v>
+        <v>702</v>
       </c>
       <c r="I4" t="s">
-        <v>681</v>
+        <v>703</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B5" t="s">
-        <v>682</v>
+        <v>704</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>683</v>
+        <v>705</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>684</v>
+        <v>706</v>
       </c>
       <c r="H5" t="s">
-        <v>685</v>
+        <v>707</v>
       </c>
       <c r="I5" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B6" t="s">
-        <v>686</v>
+        <v>708</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>687</v>
+        <v>709</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>688</v>
+        <v>710</v>
       </c>
       <c r="H6" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="I6" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B7" t="s">
-        <v>690</v>
+        <v>712</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>691</v>
+        <v>713</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>692</v>
+        <v>714</v>
       </c>
       <c r="H7" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="I7" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B8" t="s">
+        <v>716</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>717</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>718</v>
+      </c>
+      <c r="H8" t="s">
+        <v>719</v>
+      </c>
+      <c r="I8" t="s">
         <v>694</v>
-      </c>
-[...19 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B9" t="s">
-        <v>698</v>
+        <v>720</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>699</v>
+        <v>721</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="H9" t="s">
-        <v>701</v>
+        <v>723</v>
       </c>
       <c r="I9" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B10" t="s">
-        <v>702</v>
+        <v>724</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>703</v>
+        <v>725</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
       <c r="H10" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="I10" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B11" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>707</v>
+        <v>729</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>708</v>
+        <v>730</v>
       </c>
       <c r="H11" t="s">
-        <v>709</v>
+        <v>731</v>
       </c>
       <c r="I11" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B12" t="s">
-        <v>710</v>
+        <v>732</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>711</v>
+        <v>733</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>712</v>
+        <v>734</v>
       </c>
       <c r="H12" t="s">
-        <v>713</v>
+        <v>735</v>
       </c>
       <c r="I12" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B13" t="s">
-        <v>714</v>
+        <v>736</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>715</v>
+        <v>737</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>716</v>
+        <v>738</v>
       </c>
       <c r="H13" t="s">
-        <v>717</v>
+        <v>739</v>
       </c>
       <c r="I13" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B14" t="s">
-        <v>718</v>
+        <v>740</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>719</v>
+        <v>741</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>720</v>
+        <v>742</v>
       </c>
       <c r="H14" t="s">
-        <v>721</v>
+        <v>743</v>
       </c>
       <c r="I14" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B15" t="s">
-        <v>722</v>
+        <v>744</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>723</v>
+        <v>745</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>724</v>
+        <v>746</v>
       </c>
       <c r="H15" t="s">
-        <v>725</v>
+        <v>747</v>
       </c>
       <c r="I15" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B16" t="s">
-        <v>726</v>
+        <v>748</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>727</v>
+        <v>749</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>728</v>
+        <v>750</v>
       </c>
       <c r="H16" t="s">
-        <v>729</v>
+        <v>751</v>
       </c>
       <c r="I16" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B17" t="s">
-        <v>730</v>
+        <v>752</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>731</v>
+        <v>753</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>732</v>
+        <v>754</v>
       </c>
       <c r="H17" t="s">
-        <v>733</v>
+        <v>755</v>
       </c>
       <c r="I17" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B18" t="s">
-        <v>734</v>
+        <v>756</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>735</v>
+        <v>757</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>736</v>
+        <v>758</v>
       </c>
       <c r="H18" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="I18" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B19" t="s">
-        <v>738</v>
+        <v>760</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>739</v>
+        <v>761</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>740</v>
+        <v>762</v>
       </c>
       <c r="H19" t="s">
-        <v>741</v>
+        <v>763</v>
       </c>
       <c r="I19" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B20" t="s">
-        <v>742</v>
+        <v>764</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>743</v>
+        <v>765</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>744</v>
+        <v>766</v>
       </c>
       <c r="H20" t="s">
-        <v>745</v>
+        <v>767</v>
       </c>
       <c r="I20" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B21" t="s">
-        <v>746</v>
+        <v>768</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>747</v>
+        <v>769</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>748</v>
+        <v>770</v>
       </c>
       <c r="H21" t="s">
-        <v>749</v>
+        <v>771</v>
       </c>
       <c r="I21" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B22" t="s">
-        <v>750</v>
+        <v>772</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>751</v>
+        <v>773</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>752</v>
+        <v>774</v>
       </c>
       <c r="H22" t="s">
-        <v>753</v>
+        <v>775</v>
       </c>
       <c r="I22" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B23" t="s">
-        <v>754</v>
+        <v>776</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>755</v>
+        <v>777</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
       <c r="H23" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="I23" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B24" t="s">
-        <v>758</v>
+        <v>780</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>759</v>
+        <v>781</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
       <c r="H24" t="s">
-        <v>761</v>
+        <v>783</v>
       </c>
       <c r="I24" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B25" t="s">
-        <v>746</v>
+        <v>768</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>762</v>
+        <v>784</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="H25" t="s">
-        <v>764</v>
+        <v>786</v>
       </c>
       <c r="I25" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B26" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>767</v>
+        <v>789</v>
       </c>
       <c r="H26" t="s">
-        <v>768</v>
+        <v>790</v>
       </c>
       <c r="I26" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B27" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>770</v>
+        <v>792</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>771</v>
+        <v>793</v>
       </c>
       <c r="H27" t="s">
-        <v>772</v>
+        <v>794</v>
       </c>
       <c r="I27" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B28" t="s">
-        <v>773</v>
+        <v>795</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="H28" t="s">
-        <v>776</v>
+        <v>798</v>
       </c>
       <c r="I28" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B29" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
       <c r="H29" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
       <c r="I29" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B30" t="s">
-        <v>781</v>
+        <v>803</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>782</v>
+        <v>804</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
       <c r="H30" t="s">
-        <v>784</v>
+        <v>806</v>
       </c>
       <c r="I30" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B31" t="s">
-        <v>785</v>
+        <v>807</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>786</v>
+        <v>808</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>787</v>
+        <v>809</v>
       </c>
       <c r="H31" t="s">
-        <v>788</v>
+        <v>810</v>
       </c>
       <c r="I31" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B32" t="s">
-        <v>789</v>
+        <v>811</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>790</v>
+        <v>812</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>791</v>
+        <v>813</v>
       </c>
       <c r="H32" t="s">
-        <v>792</v>
+        <v>814</v>
       </c>
       <c r="I32" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B33" t="s">
-        <v>793</v>
+        <v>815</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>794</v>
+        <v>816</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>795</v>
+        <v>817</v>
       </c>
       <c r="H33" t="s">
-        <v>796</v>
+        <v>818</v>
       </c>
       <c r="I33" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B34" t="s">
-        <v>797</v>
+        <v>819</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>798</v>
+        <v>820</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="H34" t="s">
-        <v>800</v>
+        <v>822</v>
       </c>
       <c r="I34" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B35" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>802</v>
+        <v>824</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>803</v>
+        <v>825</v>
       </c>
       <c r="H35" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="I35" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B36" t="s">
-        <v>805</v>
+        <v>827</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
       <c r="H36" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="I36" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B37" t="s">
-        <v>809</v>
+        <v>831</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>811</v>
+        <v>833</v>
       </c>
       <c r="H37" t="s">
-        <v>812</v>
+        <v>834</v>
       </c>
       <c r="I37" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B2" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
       <c r="C2" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="D2" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
       <c r="E2" t="s">
-        <v>817</v>
+        <v>839</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>818</v>
+        <v>840</v>
       </c>
       <c r="H2" t="s">
-        <v>819</v>
+        <v>841</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B3" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
       <c r="C3" t="s">
-        <v>821</v>
+        <v>843</v>
       </c>
       <c r="D3" t="s">
-        <v>822</v>
+        <v>844</v>
       </c>
       <c r="E3" t="s">
-        <v>823</v>
+        <v>845</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="H3" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B4" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="C4" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="D4" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
       <c r="E4" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="H4" t="s">
-        <v>831</v>
+        <v>853</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B5" t="s">
-        <v>832</v>
+        <v>854</v>
       </c>
       <c r="C5" t="s">
-        <v>833</v>
+        <v>855</v>
       </c>
       <c r="D5" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="E5" t="s">
-        <v>835</v>
+        <v>857</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>836</v>
+        <v>858</v>
       </c>
       <c r="H5" t="s">
-        <v>837</v>
+        <v>859</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B6" t="s">
-        <v>838</v>
+        <v>860</v>
       </c>
       <c r="C6" t="s">
-        <v>839</v>
+        <v>861</v>
       </c>
       <c r="D6" t="s">
-        <v>840</v>
+        <v>862</v>
       </c>
       <c r="E6" t="s">
-        <v>841</v>
+        <v>863</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>842</v>
+        <v>864</v>
       </c>
       <c r="H6" t="s">
-        <v>843</v>
+        <v>865</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B7" t="s">
-        <v>844</v>
+        <v>866</v>
       </c>
       <c r="C7" t="s">
-        <v>845</v>
+        <v>867</v>
       </c>
       <c r="D7" t="s">
-        <v>846</v>
+        <v>868</v>
       </c>
       <c r="E7" t="s">
-        <v>847</v>
+        <v>869</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="H7" t="s">
-        <v>849</v>
+        <v>871</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B8" t="s">
-        <v>850</v>
+        <v>872</v>
       </c>
       <c r="C8" t="s">
-        <v>851</v>
+        <v>873</v>
       </c>
       <c r="D8" t="s">
-        <v>852</v>
+        <v>874</v>
       </c>
       <c r="E8" t="s">
-        <v>853</v>
+        <v>875</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>854</v>
+        <v>876</v>
       </c>
       <c r="H8" t="s">
-        <v>855</v>
+        <v>877</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B9" t="s">
-        <v>856</v>
+        <v>878</v>
       </c>
       <c r="C9" t="s">
-        <v>857</v>
+        <v>879</v>
       </c>
       <c r="D9" t="s">
-        <v>858</v>
+        <v>880</v>
       </c>
       <c r="E9" t="s">
-        <v>859</v>
+        <v>881</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>860</v>
+        <v>882</v>
       </c>
       <c r="H9" t="s">
-        <v>861</v>
+        <v>883</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B10" t="s">
-        <v>862</v>
+        <v>884</v>
       </c>
       <c r="C10" t="s">
-        <v>863</v>
+        <v>885</v>
       </c>
       <c r="D10" t="s">
-        <v>864</v>
+        <v>886</v>
       </c>
       <c r="E10" t="s">
-        <v>865</v>
+        <v>887</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>866</v>
+        <v>888</v>
       </c>
       <c r="H10" t="s">
-        <v>867</v>
+        <v>889</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B11" t="s">
-        <v>868</v>
+        <v>890</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>869</v>
+        <v>891</v>
       </c>
       <c r="E11" t="s">
-        <v>870</v>
+        <v>892</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>871</v>
+        <v>893</v>
       </c>
       <c r="H11" t="s">
-        <v>872</v>
+        <v>894</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B12" t="s">
-        <v>873</v>
+        <v>895</v>
       </c>
       <c r="C12" t="s">
-        <v>874</v>
+        <v>896</v>
       </c>
       <c r="D12" t="s">
-        <v>875</v>
+        <v>897</v>
       </c>
       <c r="E12" t="s">
-        <v>876</v>
+        <v>898</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>877</v>
+        <v>899</v>
       </c>
       <c r="H12" t="s">
-        <v>878</v>
+        <v>900</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B13" t="s">
-        <v>879</v>
+        <v>901</v>
       </c>
       <c r="C13" t="s">
-        <v>880</v>
+        <v>902</v>
       </c>
       <c r="D13" t="s">
-        <v>881</v>
+        <v>903</v>
       </c>
       <c r="E13" t="s">
-        <v>882</v>
+        <v>904</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>883</v>
+        <v>905</v>
       </c>
       <c r="H13" t="s">
-        <v>884</v>
+        <v>906</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B14" t="s">
-        <v>885</v>
+        <v>907</v>
       </c>
       <c r="C14" t="s">
-        <v>886</v>
+        <v>908</v>
       </c>
       <c r="D14" t="s">
-        <v>887</v>
+        <v>909</v>
       </c>
       <c r="E14" t="s">
-        <v>888</v>
+        <v>910</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>889</v>
+        <v>911</v>
       </c>
       <c r="H14" t="s">
-        <v>890</v>
+        <v>912</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B2" t="s">
-        <v>892</v>
+        <v>914</v>
       </c>
       <c r="C2" t="s">
-        <v>893</v>
+        <v>915</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>894</v>
+        <v>916</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>895</v>
+        <v>917</v>
       </c>
       <c r="H2" t="s">
-        <v>896</v>
+        <v>918</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B3" t="s">
-        <v>897</v>
+        <v>919</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>898</v>
+        <v>920</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>899</v>
+        <v>921</v>
       </c>
       <c r="H3" t="s">
-        <v>900</v>
+        <v>922</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B4" t="s">
-        <v>901</v>
+        <v>923</v>
       </c>
       <c r="C4" t="s">
-        <v>902</v>
+        <v>924</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>903</v>
+        <v>925</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>904</v>
+        <v>926</v>
       </c>
       <c r="H4" t="s">
-        <v>905</v>
+        <v>927</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B5" t="s">
-        <v>906</v>
+        <v>928</v>
       </c>
       <c r="C5" t="s">
-        <v>907</v>
+        <v>929</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>908</v>
+        <v>930</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>909</v>
+        <v>931</v>
       </c>
       <c r="H5" t="s">
-        <v>910</v>
+        <v>932</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B6" t="s">
-        <v>911</v>
+        <v>933</v>
       </c>
       <c r="C6" t="s">
-        <v>912</v>
+        <v>934</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>913</v>
+        <v>935</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>914</v>
+        <v>936</v>
       </c>
       <c r="H6" t="s">
-        <v>915</v>
+        <v>937</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B7" t="s">
-        <v>916</v>
+        <v>938</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>917</v>
+        <v>939</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>918</v>
+        <v>940</v>
       </c>
       <c r="H7" t="s">
-        <v>919</v>
+        <v>941</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>891</v>
+        <v>913</v>
       </c>
       <c r="B8" t="s">
-        <v>920</v>
+        <v>942</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>921</v>
+        <v>943</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>922</v>
+        <v>944</v>
       </c>
       <c r="H8" t="s">
-        <v>923</v>
+        <v>945</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B2" t="s">
-        <v>925</v>
+        <v>947</v>
       </c>
       <c r="C2" t="s">
-        <v>926</v>
+        <v>948</v>
       </c>
       <c r="D2" t="s">
-        <v>927</v>
+        <v>949</v>
       </c>
       <c r="E2" t="s">
-        <v>928</v>
+        <v>950</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>929</v>
+        <v>951</v>
       </c>
       <c r="H2" t="s">
-        <v>930</v>
+        <v>952</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B3" t="s">
-        <v>931</v>
+        <v>953</v>
       </c>
       <c r="C3" t="s">
-        <v>932</v>
+        <v>954</v>
       </c>
       <c r="D3" t="s">
-        <v>933</v>
+        <v>955</v>
       </c>
       <c r="E3" t="s">
-        <v>934</v>
+        <v>956</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>935</v>
+        <v>957</v>
       </c>
       <c r="H3" t="s">
-        <v>936</v>
+        <v>958</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B4" t="s">
-        <v>937</v>
+        <v>959</v>
       </c>
       <c r="C4" t="s">
-        <v>938</v>
+        <v>960</v>
       </c>
       <c r="D4" t="s">
-        <v>939</v>
+        <v>961</v>
       </c>
       <c r="E4" t="s">
-        <v>940</v>
+        <v>962</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="H4" t="s">
-        <v>942</v>
+        <v>964</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B5" t="s">
-        <v>943</v>
+        <v>965</v>
       </c>
       <c r="C5" t="s">
-        <v>944</v>
+        <v>966</v>
       </c>
       <c r="D5" t="s">
-        <v>945</v>
+        <v>967</v>
       </c>
       <c r="E5" t="s">
-        <v>946</v>
+        <v>968</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>947</v>
+        <v>969</v>
       </c>
       <c r="H5" t="s">
-        <v>948</v>
+        <v>970</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B6" t="s">
-        <v>949</v>
+        <v>971</v>
       </c>
       <c r="C6" t="s">
-        <v>950</v>
+        <v>972</v>
       </c>
       <c r="D6" t="s">
-        <v>951</v>
+        <v>973</v>
       </c>
       <c r="E6" t="s">
-        <v>952</v>
+        <v>974</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>953</v>
+        <v>975</v>
       </c>
       <c r="H6" t="s">
-        <v>954</v>
+        <v>976</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B7" t="s">
-        <v>955</v>
+        <v>977</v>
       </c>
       <c r="C7" t="s">
-        <v>956</v>
+        <v>978</v>
       </c>
       <c r="D7" t="s">
-        <v>957</v>
+        <v>979</v>
       </c>
       <c r="E7" t="s">
-        <v>958</v>
+        <v>980</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>959</v>
+        <v>981</v>
       </c>
       <c r="H7" t="s">
-        <v>960</v>
+        <v>982</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B8" t="s">
-        <v>961</v>
+        <v>983</v>
       </c>
       <c r="C8" t="s">
-        <v>962</v>
+        <v>984</v>
       </c>
       <c r="D8" t="s">
-        <v>963</v>
+        <v>985</v>
       </c>
       <c r="E8" t="s">
-        <v>964</v>
+        <v>986</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>965</v>
+        <v>987</v>
       </c>
       <c r="H8" t="s">
-        <v>966</v>
+        <v>988</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B9" t="s">
-        <v>967</v>
+        <v>989</v>
       </c>
       <c r="C9" t="s">
-        <v>968</v>
+        <v>990</v>
       </c>
       <c r="D9" t="s">
-        <v>963</v>
+        <v>985</v>
       </c>
       <c r="E9" t="s">
-        <v>969</v>
+        <v>991</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>970</v>
+        <v>992</v>
       </c>
       <c r="H9" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B10" t="s">
-        <v>972</v>
+        <v>994</v>
       </c>
       <c r="C10" t="s">
-        <v>973</v>
+        <v>995</v>
       </c>
       <c r="D10" t="s">
-        <v>974</v>
+        <v>996</v>
       </c>
       <c r="E10" t="s">
-        <v>975</v>
+        <v>997</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>976</v>
+        <v>998</v>
       </c>
       <c r="H10" t="s">
-        <v>977</v>
+        <v>999</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B11" t="s">
-        <v>978</v>
+        <v>1000</v>
       </c>
       <c r="C11" t="s">
-        <v>979</v>
+        <v>1001</v>
       </c>
       <c r="D11" t="s">
-        <v>974</v>
+        <v>996</v>
       </c>
       <c r="E11" t="s">
-        <v>980</v>
+        <v>1002</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>981</v>
+        <v>1003</v>
       </c>
       <c r="H11" t="s">
-        <v>982</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B12" t="s">
-        <v>983</v>
+        <v>1005</v>
       </c>
       <c r="C12" t="s">
-        <v>984</v>
+        <v>1006</v>
       </c>
       <c r="D12" t="s">
-        <v>985</v>
+        <v>1007</v>
       </c>
       <c r="E12" t="s">
-        <v>986</v>
+        <v>1008</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>987</v>
+        <v>1009</v>
       </c>
       <c r="H12" t="s">
-        <v>988</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B13" t="s">
-        <v>989</v>
+        <v>1011</v>
       </c>
       <c r="C13" t="s">
-        <v>990</v>
+        <v>1012</v>
       </c>
       <c r="D13" t="s">
-        <v>991</v>
+        <v>1013</v>
       </c>
       <c r="E13" t="s">
-        <v>992</v>
+        <v>1014</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>993</v>
+        <v>1015</v>
       </c>
       <c r="H13" t="s">
-        <v>994</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B14" t="s">
-        <v>995</v>
+        <v>1017</v>
       </c>
       <c r="C14" t="s">
-        <v>996</v>
+        <v>1018</v>
       </c>
       <c r="D14" t="s">
-        <v>997</v>
+        <v>1019</v>
       </c>
       <c r="E14" t="s">
-        <v>998</v>
+        <v>1020</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>999</v>
+        <v>1021</v>
       </c>
       <c r="H14" t="s">
-        <v>1000</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B15" t="s">
-        <v>1001</v>
+        <v>1023</v>
       </c>
       <c r="C15" t="s">
-        <v>1002</v>
+        <v>1024</v>
       </c>
       <c r="D15" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="E15" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1005</v>
+        <v>1027</v>
       </c>
       <c r="H15" t="s">
-        <v>1006</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B16" t="s">
-        <v>1007</v>
+        <v>1029</v>
       </c>
       <c r="C16" t="s">
-        <v>1008</v>
+        <v>1030</v>
       </c>
       <c r="D16" t="s">
-        <v>1009</v>
+        <v>1031</v>
       </c>
       <c r="E16" t="s">
-        <v>1010</v>
+        <v>1032</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1011</v>
+        <v>1033</v>
       </c>
       <c r="H16" t="s">
-        <v>1012</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B17" t="s">
-        <v>1013</v>
+        <v>1035</v>
       </c>
       <c r="C17" t="s">
-        <v>1014</v>
+        <v>1036</v>
       </c>
       <c r="D17" t="s">
-        <v>1015</v>
+        <v>1037</v>
       </c>
       <c r="E17" t="s">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1017</v>
+        <v>1039</v>
       </c>
       <c r="H17" t="s">
-        <v>1018</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B18" t="s">
-        <v>1019</v>
+        <v>1041</v>
       </c>
       <c r="C18" t="s">
-        <v>1020</v>
+        <v>1042</v>
       </c>
       <c r="D18" t="s">
-        <v>1021</v>
+        <v>1043</v>
       </c>
       <c r="E18" t="s">
-        <v>1022</v>
+        <v>1044</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1023</v>
+        <v>1045</v>
       </c>
       <c r="H18" t="s">
-        <v>1024</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B19" t="s">
-        <v>1025</v>
+        <v>1047</v>
       </c>
       <c r="C19" t="s">
-        <v>1026</v>
+        <v>1048</v>
       </c>
       <c r="D19" t="s">
-        <v>1027</v>
+        <v>1049</v>
       </c>
       <c r="E19" t="s">
-        <v>1028</v>
+        <v>1050</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1029</v>
+        <v>1051</v>
       </c>
       <c r="H19" t="s">
-        <v>1030</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B20" t="s">
-        <v>1031</v>
+        <v>1053</v>
       </c>
       <c r="C20" t="s">
-        <v>1032</v>
+        <v>1054</v>
       </c>
       <c r="D20" t="s">
-        <v>1033</v>
+        <v>1055</v>
       </c>
       <c r="E20" t="s">
-        <v>1034</v>
+        <v>1056</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1035</v>
+        <v>1057</v>
       </c>
       <c r="H20" t="s">
-        <v>1036</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B21" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="C21" t="s">
-        <v>1038</v>
+        <v>1060</v>
       </c>
       <c r="D21" t="s">
-        <v>1039</v>
+        <v>1061</v>
       </c>
       <c r="E21" t="s">
-        <v>1040</v>
+        <v>1062</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="H21" t="s">
-        <v>1042</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B22" t="s">
-        <v>1043</v>
+        <v>1065</v>
       </c>
       <c r="C22" t="s">
-        <v>1044</v>
+        <v>1066</v>
       </c>
       <c r="D22" t="s">
-        <v>1045</v>
+        <v>1067</v>
       </c>
       <c r="E22" t="s">
-        <v>1046</v>
+        <v>1068</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1047</v>
+        <v>1069</v>
       </c>
       <c r="H22" t="s">
-        <v>1048</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B23" t="s">
-        <v>1049</v>
+        <v>1071</v>
       </c>
       <c r="C23" t="s">
-        <v>1050</v>
+        <v>1072</v>
       </c>
       <c r="D23" t="s">
-        <v>1051</v>
+        <v>1073</v>
       </c>
       <c r="E23" t="s">
-        <v>1052</v>
+        <v>1074</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1053</v>
+        <v>1075</v>
       </c>
       <c r="H23" t="s">
-        <v>1054</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="B24" t="s">
-        <v>1055</v>
+        <v>1077</v>
       </c>
       <c r="C24" t="s">
-        <v>1056</v>
+        <v>1078</v>
       </c>
       <c r="D24" t="s">
-        <v>1057</v>
+        <v>1079</v>
       </c>
       <c r="E24" t="s">
-        <v>1058</v>
+        <v>1080</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1059</v>
+        <v>1081</v>
       </c>
       <c r="H24" t="s">
-        <v>1060</v>
+        <v>1082</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B2" t="s">
-        <v>1062</v>
+        <v>1084</v>
       </c>
       <c r="C2" t="s">
-        <v>1063</v>
+        <v>1085</v>
       </c>
       <c r="D2" t="s">
-        <v>1064</v>
+        <v>1086</v>
       </c>
       <c r="E2" t="s">
-        <v>1065</v>
+        <v>1087</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1066</v>
+        <v>1088</v>
       </c>
       <c r="H2" t="s">
-        <v>1067</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B3" t="s">
-        <v>1068</v>
+        <v>1090</v>
       </c>
       <c r="C3" t="s">
-        <v>1069</v>
+        <v>1091</v>
       </c>
       <c r="D3" t="s">
-        <v>1070</v>
+        <v>1092</v>
       </c>
       <c r="E3" t="s">
-        <v>1071</v>
+        <v>1093</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1072</v>
+        <v>1094</v>
       </c>
       <c r="H3" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B4" t="s">
-        <v>1074</v>
+        <v>1096</v>
       </c>
       <c r="C4" t="s">
-        <v>1075</v>
+        <v>1097</v>
       </c>
       <c r="D4" t="s">
-        <v>1076</v>
+        <v>1098</v>
       </c>
       <c r="E4" t="s">
-        <v>1077</v>
+        <v>1099</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1078</v>
+        <v>1100</v>
       </c>
       <c r="H4" t="s">
-        <v>1079</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B5" t="s">
-        <v>1080</v>
+        <v>1102</v>
       </c>
       <c r="C5" t="s">
-        <v>1081</v>
+        <v>1103</v>
       </c>
       <c r="D5" t="s">
-        <v>1082</v>
+        <v>1104</v>
       </c>
       <c r="E5" t="s">
-        <v>1083</v>
+        <v>1105</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1084</v>
+        <v>1106</v>
       </c>
       <c r="H5" t="s">
-        <v>1085</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B6" t="s">
-        <v>1086</v>
+        <v>1108</v>
       </c>
       <c r="C6" t="s">
-        <v>1087</v>
+        <v>1109</v>
       </c>
       <c r="D6" t="s">
-        <v>1088</v>
+        <v>1110</v>
       </c>
       <c r="E6" t="s">
-        <v>1089</v>
+        <v>1111</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1090</v>
+        <v>1112</v>
       </c>
       <c r="H6" t="s">
-        <v>1091</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B7" t="s">
-        <v>1092</v>
+        <v>1114</v>
       </c>
       <c r="C7" t="s">
-        <v>1093</v>
+        <v>1115</v>
       </c>
       <c r="D7" t="s">
-        <v>1094</v>
+        <v>1116</v>
       </c>
       <c r="E7" t="s">
-        <v>1095</v>
+        <v>1117</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1096</v>
+        <v>1118</v>
       </c>
       <c r="H7" t="s">
-        <v>1097</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B8" t="s">
-        <v>1098</v>
+        <v>1120</v>
       </c>
       <c r="C8" t="s">
-        <v>1099</v>
+        <v>1121</v>
       </c>
       <c r="D8" t="s">
-        <v>1100</v>
+        <v>1122</v>
       </c>
       <c r="E8" t="s">
-        <v>1101</v>
+        <v>1123</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1102</v>
+        <v>1124</v>
       </c>
       <c r="H8" t="s">
-        <v>1103</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B9" t="s">
-        <v>1104</v>
+        <v>1126</v>
       </c>
       <c r="C9" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="D9" t="s">
-        <v>1106</v>
+        <v>1128</v>
       </c>
       <c r="E9" t="s">
-        <v>1107</v>
+        <v>1129</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1108</v>
+        <v>1130</v>
       </c>
       <c r="H9" t="s">
-        <v>1109</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B10" t="s">
-        <v>1110</v>
+        <v>1132</v>
       </c>
       <c r="C10" t="s">
-        <v>1111</v>
+        <v>1133</v>
       </c>
       <c r="D10" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="E10" t="s">
-        <v>1113</v>
+        <v>1135</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1114</v>
+        <v>1136</v>
       </c>
       <c r="H10" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B11" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="C11" t="s">
-        <v>1117</v>
+        <v>1139</v>
       </c>
       <c r="D11" t="s">
-        <v>1118</v>
+        <v>1140</v>
       </c>
       <c r="E11" t="s">
-        <v>1119</v>
+        <v>1141</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1120</v>
+        <v>1142</v>
       </c>
       <c r="H11" t="s">
-        <v>1121</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B12" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="C12" t="s">
-        <v>1123</v>
+        <v>1145</v>
       </c>
       <c r="D12" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E12" t="s">
-        <v>1125</v>
+        <v>1147</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1126</v>
+        <v>1148</v>
       </c>
       <c r="H12" t="s">
-        <v>1127</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B13" t="s">
-        <v>1128</v>
+        <v>1150</v>
       </c>
       <c r="C13" t="s">
-        <v>1129</v>
+        <v>1151</v>
       </c>
       <c r="D13" t="s">
-        <v>1130</v>
+        <v>1152</v>
       </c>
       <c r="E13" t="s">
-        <v>1131</v>
+        <v>1153</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1132</v>
+        <v>1154</v>
       </c>
       <c r="H13" t="s">
-        <v>1133</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B14" t="s">
-        <v>1134</v>
+        <v>1156</v>
       </c>
       <c r="C14" t="s">
-        <v>1135</v>
+        <v>1157</v>
       </c>
       <c r="D14" t="s">
-        <v>1136</v>
+        <v>1158</v>
       </c>
       <c r="E14" t="s">
-        <v>1137</v>
+        <v>1159</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1138</v>
+        <v>1160</v>
       </c>
       <c r="H14" t="s">
-        <v>1139</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B15" t="s">
-        <v>1140</v>
+        <v>1162</v>
       </c>
       <c r="C15" t="s">
-        <v>1141</v>
+        <v>1163</v>
       </c>
       <c r="D15" t="s">
-        <v>1142</v>
+        <v>1164</v>
       </c>
       <c r="E15" t="s">
-        <v>1143</v>
+        <v>1165</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1144</v>
+        <v>1166</v>
       </c>
       <c r="H15" t="s">
-        <v>1145</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B16" t="s">
-        <v>1146</v>
+        <v>1168</v>
       </c>
       <c r="C16" t="s">
-        <v>1147</v>
+        <v>1169</v>
       </c>
       <c r="D16" t="s">
-        <v>1148</v>
+        <v>1170</v>
       </c>
       <c r="E16" t="s">
-        <v>1149</v>
+        <v>1171</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1150</v>
+        <v>1172</v>
       </c>
       <c r="H16" t="s">
-        <v>1151</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B17" t="s">
-        <v>1152</v>
+        <v>1174</v>
       </c>
       <c r="C17" t="s">
-        <v>1153</v>
+        <v>1175</v>
       </c>
       <c r="D17" t="s">
-        <v>1154</v>
+        <v>1176</v>
       </c>
       <c r="E17" t="s">
-        <v>1155</v>
+        <v>1177</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1156</v>
+        <v>1178</v>
       </c>
       <c r="H17" t="s">
-        <v>1157</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B18" t="s">
-        <v>1158</v>
+        <v>1180</v>
       </c>
       <c r="C18" t="s">
-        <v>1159</v>
+        <v>1181</v>
       </c>
       <c r="D18" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="E18" t="s">
-        <v>1161</v>
+        <v>1183</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1162</v>
+        <v>1184</v>
       </c>
       <c r="H18" t="s">
-        <v>1163</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B19" t="s">
-        <v>1164</v>
+        <v>1186</v>
       </c>
       <c r="C19" t="s">
-        <v>1165</v>
+        <v>1187</v>
       </c>
       <c r="D19" t="s">
-        <v>1166</v>
+        <v>1188</v>
       </c>
       <c r="E19" t="s">
-        <v>1167</v>
+        <v>1189</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1168</v>
+        <v>1190</v>
       </c>
       <c r="H19" t="s">
-        <v>1169</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B20" t="s">
-        <v>1170</v>
+        <v>1192</v>
       </c>
       <c r="C20" t="s">
-        <v>1171</v>
+        <v>1193</v>
       </c>
       <c r="D20" t="s">
-        <v>1172</v>
+        <v>1194</v>
       </c>
       <c r="E20" t="s">
-        <v>1173</v>
+        <v>1195</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1174</v>
+        <v>1196</v>
       </c>
       <c r="H20" t="s">
-        <v>1175</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B21" t="s">
-        <v>1176</v>
+        <v>1198</v>
       </c>
       <c r="C21" t="s">
-        <v>1177</v>
+        <v>1199</v>
       </c>
       <c r="D21" t="s">
-        <v>1178</v>
+        <v>1200</v>
       </c>
       <c r="E21" t="s">
-        <v>1179</v>
+        <v>1201</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1180</v>
+        <v>1202</v>
       </c>
       <c r="H21" t="s">
-        <v>1181</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B22" t="s">
-        <v>1182</v>
+        <v>1204</v>
       </c>
       <c r="C22" t="s">
-        <v>1183</v>
+        <v>1205</v>
       </c>
       <c r="D22" t="s">
-        <v>1184</v>
+        <v>1206</v>
       </c>
       <c r="E22" t="s">
-        <v>1185</v>
+        <v>1207</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1186</v>
+        <v>1208</v>
       </c>
       <c r="H22" t="s">
-        <v>1187</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B23" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="C23" t="s">
-        <v>1189</v>
+        <v>1211</v>
       </c>
       <c r="D23" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E23" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1192</v>
+        <v>1214</v>
       </c>
       <c r="H23" t="s">
-        <v>1193</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B24" t="s">
-        <v>1194</v>
+        <v>1216</v>
       </c>
       <c r="C24" t="s">
-        <v>1195</v>
+        <v>1217</v>
       </c>
       <c r="D24" t="s">
-        <v>1196</v>
+        <v>1218</v>
       </c>
       <c r="E24" t="s">
-        <v>1197</v>
+        <v>1219</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1198</v>
+        <v>1220</v>
       </c>
       <c r="H24" t="s">
-        <v>1199</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B25" t="s">
-        <v>1200</v>
+        <v>1222</v>
       </c>
       <c r="C25" t="s">
-        <v>1201</v>
+        <v>1223</v>
       </c>
       <c r="D25" t="s">
-        <v>1202</v>
+        <v>1224</v>
       </c>
       <c r="E25" t="s">
-        <v>1203</v>
+        <v>1225</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1204</v>
+        <v>1226</v>
       </c>
       <c r="H25" t="s">
-        <v>1205</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B26" t="s">
-        <v>1206</v>
+        <v>1228</v>
       </c>
       <c r="C26" t="s">
-        <v>1207</v>
+        <v>1229</v>
       </c>
       <c r="D26" t="s">
-        <v>1208</v>
+        <v>1230</v>
       </c>
       <c r="E26" t="s">
-        <v>1209</v>
+        <v>1231</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1210</v>
+        <v>1232</v>
       </c>
       <c r="H26" t="s">
-        <v>1211</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B27" t="s">
-        <v>1212</v>
+        <v>1234</v>
       </c>
       <c r="C27" t="s">
-        <v>1213</v>
+        <v>1235</v>
       </c>
       <c r="D27" t="s">
-        <v>1214</v>
+        <v>1236</v>
       </c>
       <c r="E27" t="s">
-        <v>1215</v>
+        <v>1237</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1216</v>
+        <v>1238</v>
       </c>
       <c r="H27" t="s">
-        <v>1217</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B28" t="s">
-        <v>1218</v>
+        <v>1240</v>
       </c>
       <c r="C28" t="s">
-        <v>1219</v>
+        <v>1241</v>
       </c>
       <c r="D28" t="s">
-        <v>1220</v>
+        <v>1242</v>
       </c>
       <c r="E28" t="s">
-        <v>1220</v>
+        <v>1242</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1221</v>
+        <v>1243</v>
       </c>
       <c r="H28" t="s">
-        <v>1222</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="B29" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="C29" t="s">
-        <v>1224</v>
+        <v>1246</v>
       </c>
       <c r="D29" t="s">
-        <v>1225</v>
+        <v>1247</v>
       </c>
       <c r="E29" t="s">
-        <v>1226</v>
+        <v>1248</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1227</v>
+        <v>1249</v>
       </c>
       <c r="H29" t="s">
-        <v>1228</v>
+        <v>1250</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B2" t="s">
-        <v>1230</v>
+        <v>1252</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1231</v>
+        <v>1253</v>
       </c>
       <c r="E2" t="s">
-        <v>1232</v>
+        <v>1254</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1233</v>
+        <v>1255</v>
       </c>
       <c r="H2" t="s">
-        <v>1234</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B3" t="s">
-        <v>1235</v>
+        <v>1257</v>
       </c>
       <c r="C3" t="s">
-        <v>1236</v>
+        <v>1258</v>
       </c>
       <c r="D3" t="s">
-        <v>1237</v>
+        <v>1259</v>
       </c>
       <c r="E3" t="s">
-        <v>1238</v>
+        <v>1260</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1239</v>
+        <v>1261</v>
       </c>
       <c r="H3" t="s">
-        <v>1240</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B4" t="s">
-        <v>1241</v>
+        <v>1263</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>1237</v>
+        <v>1259</v>
       </c>
       <c r="E4" t="s">
-        <v>1242</v>
+        <v>1264</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1243</v>
+        <v>1265</v>
       </c>
       <c r="H4" t="s">
-        <v>1244</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B5" t="s">
-        <v>1245</v>
+        <v>1267</v>
       </c>
       <c r="C5" t="s">
-        <v>1246</v>
+        <v>1268</v>
       </c>
       <c r="D5" t="s">
-        <v>1247</v>
+        <v>1269</v>
       </c>
       <c r="E5" t="s">
-        <v>1248</v>
+        <v>1270</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1249</v>
+        <v>1271</v>
       </c>
       <c r="H5" t="s">
-        <v>1250</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B6" t="s">
-        <v>1251</v>
+        <v>1273</v>
       </c>
       <c r="C6" t="s">
-        <v>1252</v>
+        <v>1274</v>
       </c>
       <c r="D6" t="s">
-        <v>1253</v>
+        <v>1275</v>
       </c>
       <c r="E6" t="s">
-        <v>1254</v>
+        <v>1276</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1255</v>
+        <v>1277</v>
       </c>
       <c r="H6" t="s">
-        <v>1256</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B7" t="s">
-        <v>1257</v>
+        <v>1279</v>
       </c>
       <c r="C7" t="s">
-        <v>1258</v>
+        <v>1280</v>
       </c>
       <c r="D7" t="s">
-        <v>1259</v>
+        <v>1281</v>
       </c>
       <c r="E7" t="s">
-        <v>437</v>
+        <v>459</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1260</v>
+        <v>1282</v>
       </c>
       <c r="H7" t="s">
-        <v>1261</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B8" t="s">
-        <v>1262</v>
+        <v>1284</v>
       </c>
       <c r="C8" t="s">
-        <v>1263</v>
+        <v>1285</v>
       </c>
       <c r="D8" t="s">
-        <v>1264</v>
+        <v>1286</v>
       </c>
       <c r="E8" t="s">
-        <v>1265</v>
+        <v>1287</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1266</v>
+        <v>1288</v>
       </c>
       <c r="H8" t="s">
-        <v>1267</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B9" t="s">
-        <v>1268</v>
+        <v>1290</v>
       </c>
       <c r="C9" t="s">
-        <v>1263</v>
+        <v>1285</v>
       </c>
       <c r="D9" t="s">
-        <v>1269</v>
+        <v>1291</v>
       </c>
       <c r="E9" t="s">
-        <v>1270</v>
+        <v>1292</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1271</v>
+        <v>1293</v>
       </c>
       <c r="H9" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B10" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="C10" t="s">
-        <v>1274</v>
+        <v>1296</v>
       </c>
       <c r="D10" t="s">
-        <v>939</v>
+        <v>961</v>
       </c>
       <c r="E10" t="s">
-        <v>1275</v>
+        <v>1297</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1276</v>
+        <v>1298</v>
       </c>
       <c r="H10" t="s">
-        <v>1277</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B11" t="s">
-        <v>1278</v>
+        <v>1300</v>
       </c>
       <c r="C11" t="s">
-        <v>1279</v>
+        <v>1301</v>
       </c>
       <c r="D11" t="s">
-        <v>1280</v>
+        <v>1302</v>
       </c>
       <c r="E11" t="s">
-        <v>1281</v>
+        <v>1303</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1282</v>
+        <v>1304</v>
       </c>
       <c r="H11" t="s">
-        <v>1283</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B12" t="s">
-        <v>1284</v>
+        <v>1306</v>
       </c>
       <c r="C12" t="s">
-        <v>1285</v>
+        <v>1307</v>
       </c>
       <c r="D12" t="s">
-        <v>1286</v>
+        <v>1308</v>
       </c>
       <c r="E12" t="s">
-        <v>1287</v>
+        <v>1309</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1288</v>
+        <v>1310</v>
       </c>
       <c r="H12" t="s">
-        <v>1289</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B13" t="s">
-        <v>1290</v>
+        <v>1312</v>
       </c>
       <c r="C13" t="s">
-        <v>1291</v>
+        <v>1313</v>
       </c>
       <c r="D13" t="s">
-        <v>1292</v>
+        <v>1314</v>
       </c>
       <c r="E13" t="s">
-        <v>1293</v>
+        <v>1315</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1294</v>
+        <v>1316</v>
       </c>
       <c r="H13" t="s">
-        <v>1295</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B14" t="s">
-        <v>1296</v>
+        <v>1318</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>1297</v>
+        <v>1319</v>
       </c>
       <c r="E14" t="s">
-        <v>1298</v>
+        <v>1320</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1299</v>
+        <v>1321</v>
       </c>
       <c r="H14" t="s">
-        <v>1300</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B15" t="s">
-        <v>1301</v>
+        <v>1323</v>
       </c>
       <c r="C15" t="s">
-        <v>1302</v>
+        <v>1324</v>
       </c>
       <c r="D15" t="s">
-        <v>1303</v>
+        <v>1325</v>
       </c>
       <c r="E15" t="s">
-        <v>1304</v>
+        <v>1326</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1305</v>
+        <v>1327</v>
       </c>
       <c r="H15" t="s">
-        <v>1306</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B16" t="s">
-        <v>1307</v>
+        <v>1329</v>
       </c>
       <c r="C16" t="s">
-        <v>1308</v>
+        <v>1330</v>
       </c>
       <c r="D16" t="s">
-        <v>1309</v>
+        <v>1331</v>
       </c>
       <c r="E16" t="s">
-        <v>1310</v>
+        <v>1332</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1311</v>
+        <v>1333</v>
       </c>
       <c r="H16" t="s">
-        <v>1312</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B17" t="s">
-        <v>1313</v>
+        <v>1335</v>
       </c>
       <c r="C17" t="s">
-        <v>1314</v>
+        <v>1336</v>
       </c>
       <c r="D17" t="s">
-        <v>1315</v>
+        <v>1337</v>
       </c>
       <c r="E17" t="s">
-        <v>1316</v>
+        <v>1338</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1317</v>
+        <v>1339</v>
       </c>
       <c r="H17" t="s">
-        <v>1318</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B18" t="s">
-        <v>1319</v>
+        <v>1341</v>
       </c>
       <c r="C18" t="s">
-        <v>1320</v>
+        <v>1342</v>
       </c>
       <c r="D18" t="s">
-        <v>1321</v>
+        <v>1343</v>
       </c>
       <c r="E18" t="s">
-        <v>1322</v>
+        <v>1344</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1323</v>
+        <v>1345</v>
       </c>
       <c r="H18" t="s">
-        <v>1324</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B19" t="s">
-        <v>1325</v>
+        <v>1347</v>
       </c>
       <c r="C19" t="s">
-        <v>1326</v>
+        <v>1348</v>
       </c>
       <c r="D19" t="s">
-        <v>1327</v>
+        <v>1349</v>
       </c>
       <c r="E19" t="s">
-        <v>1328</v>
+        <v>1350</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1329</v>
+        <v>1351</v>
       </c>
       <c r="H19" t="s">
-        <v>1330</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B20" t="s">
-        <v>1331</v>
+        <v>1353</v>
       </c>
       <c r="C20" t="s">
-        <v>1332</v>
+        <v>1354</v>
       </c>
       <c r="D20" t="s">
-        <v>1333</v>
+        <v>1355</v>
       </c>
       <c r="E20" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1335</v>
+        <v>1357</v>
       </c>
       <c r="H20" t="s">
-        <v>1336</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B21" t="s">
-        <v>1337</v>
+        <v>1359</v>
       </c>
       <c r="C21" t="s">
-        <v>1338</v>
+        <v>1360</v>
       </c>
       <c r="D21" t="s">
-        <v>1339</v>
+        <v>1361</v>
       </c>
       <c r="E21" t="s">
-        <v>1340</v>
+        <v>1362</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1341</v>
+        <v>1363</v>
       </c>
       <c r="H21" t="s">
-        <v>1342</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B22" t="s">
-        <v>1343</v>
+        <v>1365</v>
       </c>
       <c r="C22" t="s">
-        <v>1344</v>
+        <v>1366</v>
       </c>
       <c r="D22" t="s">
-        <v>1345</v>
+        <v>1367</v>
       </c>
       <c r="E22" t="s">
-        <v>1346</v>
+        <v>1368</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1347</v>
+        <v>1369</v>
       </c>
       <c r="H22" t="s">
-        <v>1348</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B23" t="s">
-        <v>1349</v>
+        <v>1371</v>
       </c>
       <c r="C23" t="s">
-        <v>1350</v>
+        <v>1372</v>
       </c>
       <c r="D23" t="s">
-        <v>1351</v>
+        <v>1373</v>
       </c>
       <c r="E23" t="s">
-        <v>1352</v>
+        <v>1374</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1353</v>
+        <v>1375</v>
       </c>
       <c r="H23" t="s">
-        <v>1354</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B24" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="C24" t="s">
-        <v>1356</v>
+        <v>1378</v>
       </c>
       <c r="D24" t="s">
-        <v>1118</v>
+        <v>1140</v>
       </c>
       <c r="E24" t="s">
-        <v>1357</v>
+        <v>1379</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1358</v>
+        <v>1380</v>
       </c>
       <c r="H24" t="s">
-        <v>1359</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B25" t="s">
-        <v>1360</v>
+        <v>1382</v>
       </c>
       <c r="C25" t="s">
-        <v>1361</v>
+        <v>1383</v>
       </c>
       <c r="D25" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E25" t="s">
-        <v>1362</v>
+        <v>1384</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1363</v>
+        <v>1385</v>
       </c>
       <c r="H25" t="s">
-        <v>1364</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B26" t="s">
-        <v>1365</v>
+        <v>1387</v>
       </c>
       <c r="C26" t="s">
-        <v>1366</v>
+        <v>1388</v>
       </c>
       <c r="D26" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E26" t="s">
-        <v>1362</v>
+        <v>1384</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1367</v>
+        <v>1389</v>
       </c>
       <c r="H26" t="s">
-        <v>1368</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B27" t="s">
-        <v>1369</v>
+        <v>1391</v>
       </c>
       <c r="C27" t="s">
-        <v>1370</v>
+        <v>1392</v>
       </c>
       <c r="D27" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E27" t="s">
-        <v>1371</v>
+        <v>1393</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="H27" t="s">
-        <v>1373</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B28" t="s">
-        <v>1374</v>
+        <v>1396</v>
       </c>
       <c r="C28" t="s">
-        <v>1375</v>
+        <v>1397</v>
       </c>
       <c r="D28" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E28" t="s">
-        <v>1371</v>
+        <v>1393</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1376</v>
+        <v>1398</v>
       </c>
       <c r="H28" t="s">
-        <v>1377</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B29" t="s">
-        <v>1378</v>
+        <v>1400</v>
       </c>
       <c r="C29" t="s">
-        <v>1375</v>
+        <v>1397</v>
       </c>
       <c r="D29" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E29" t="s">
-        <v>1362</v>
+        <v>1384</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1379</v>
+        <v>1401</v>
       </c>
       <c r="H29" t="s">
-        <v>1380</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B30" t="s">
-        <v>1381</v>
+        <v>1403</v>
       </c>
       <c r="C30" t="s">
-        <v>1382</v>
+        <v>1404</v>
       </c>
       <c r="D30" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E30" t="s">
-        <v>1371</v>
+        <v>1393</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1383</v>
+        <v>1405</v>
       </c>
       <c r="H30" t="s">
-        <v>1384</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B31" t="s">
-        <v>1385</v>
+        <v>1407</v>
       </c>
       <c r="C31" t="s">
-        <v>1386</v>
+        <v>1408</v>
       </c>
       <c r="D31" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E31" t="s">
-        <v>1371</v>
+        <v>1393</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1387</v>
+        <v>1409</v>
       </c>
       <c r="H31" t="s">
-        <v>1388</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B32" t="s">
-        <v>1389</v>
+        <v>1411</v>
       </c>
       <c r="C32" t="s">
-        <v>1390</v>
+        <v>1412</v>
       </c>
       <c r="D32" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E32" t="s">
-        <v>1362</v>
+        <v>1384</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1391</v>
+        <v>1413</v>
       </c>
       <c r="H32" t="s">
-        <v>1392</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B33" t="s">
-        <v>1393</v>
+        <v>1415</v>
       </c>
       <c r="C33" t="s">
-        <v>1375</v>
+        <v>1397</v>
       </c>
       <c r="D33" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E33" t="s">
-        <v>1362</v>
+        <v>1384</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1394</v>
+        <v>1416</v>
       </c>
       <c r="H33" t="s">
-        <v>1395</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B34" t="s">
-        <v>1396</v>
+        <v>1418</v>
       </c>
       <c r="C34" t="s">
-        <v>1370</v>
+        <v>1392</v>
       </c>
       <c r="D34" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E34" t="s">
-        <v>1371</v>
+        <v>1393</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1397</v>
+        <v>1419</v>
       </c>
       <c r="H34" t="s">
-        <v>1398</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B35" t="s">
-        <v>1399</v>
+        <v>1421</v>
       </c>
       <c r="C35" t="s">
-        <v>1370</v>
+        <v>1392</v>
       </c>
       <c r="D35" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="E35" t="s">
-        <v>1371</v>
+        <v>1393</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1400</v>
+        <v>1422</v>
       </c>
       <c r="H35" t="s">
-        <v>1401</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B36" t="s">
-        <v>1402</v>
+        <v>1424</v>
       </c>
       <c r="C36" t="s">
-        <v>1403</v>
+        <v>1425</v>
       </c>
       <c r="D36" t="s">
-        <v>1404</v>
+        <v>1426</v>
       </c>
       <c r="E36" t="s">
-        <v>1405</v>
+        <v>1427</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1406</v>
+        <v>1428</v>
       </c>
       <c r="H36" t="s">
-        <v>1407</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B37" t="s">
-        <v>1408</v>
+        <v>1430</v>
       </c>
       <c r="C37" t="s">
-        <v>1409</v>
+        <v>1431</v>
       </c>
       <c r="D37" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
       <c r="E37" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="H37" t="s">
-        <v>1413</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B38" t="s">
-        <v>1414</v>
+        <v>1436</v>
       </c>
       <c r="C38" t="s">
-        <v>1415</v>
+        <v>1437</v>
       </c>
       <c r="D38" t="s">
-        <v>1416</v>
+        <v>1438</v>
       </c>
       <c r="E38" t="s">
-        <v>1417</v>
+        <v>1439</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1418</v>
+        <v>1440</v>
       </c>
       <c r="H38" t="s">
-        <v>1419</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B39" t="s">
-        <v>1420</v>
+        <v>1442</v>
       </c>
       <c r="C39" t="s">
-        <v>1421</v>
+        <v>1443</v>
       </c>
       <c r="D39" t="s">
-        <v>1422</v>
+        <v>1444</v>
       </c>
       <c r="E39" t="s">
-        <v>1423</v>
+        <v>1445</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1424</v>
+        <v>1446</v>
       </c>
       <c r="H39" t="s">
-        <v>1425</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B40" t="s">
-        <v>1426</v>
+        <v>1448</v>
       </c>
       <c r="C40" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
       <c r="D40" t="s">
-        <v>1428</v>
+        <v>1450</v>
       </c>
       <c r="E40" t="s">
-        <v>1429</v>
+        <v>1451</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1430</v>
+        <v>1452</v>
       </c>
       <c r="H40" t="s">
-        <v>1431</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B41" t="s">
-        <v>1432</v>
+        <v>1454</v>
       </c>
       <c r="C41" t="s">
-        <v>1433</v>
+        <v>1455</v>
       </c>
       <c r="D41" t="s">
-        <v>1434</v>
+        <v>1456</v>
       </c>
       <c r="E41" t="s">
-        <v>1435</v>
+        <v>1457</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1436</v>
+        <v>1458</v>
       </c>
       <c r="H41" t="s">
-        <v>1437</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B42" t="s">
-        <v>1438</v>
+        <v>1460</v>
       </c>
       <c r="C42" t="s">
-        <v>1439</v>
+        <v>1461</v>
       </c>
       <c r="D42" t="s">
-        <v>1440</v>
+        <v>1462</v>
       </c>
       <c r="E42" t="s">
-        <v>1441</v>
+        <v>1463</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1442</v>
+        <v>1464</v>
       </c>
       <c r="H42" t="s">
-        <v>1443</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B43" t="s">
-        <v>1444</v>
+        <v>1466</v>
       </c>
       <c r="C43" t="s">
-        <v>1445</v>
+        <v>1467</v>
       </c>
       <c r="D43" t="s">
-        <v>1440</v>
+        <v>1462</v>
       </c>
       <c r="E43" t="s">
-        <v>1446</v>
+        <v>1468</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1447</v>
+        <v>1469</v>
       </c>
       <c r="H43" t="s">
-        <v>1448</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B44" t="s">
-        <v>1449</v>
+        <v>1471</v>
       </c>
       <c r="C44" t="s">
-        <v>1450</v>
+        <v>1472</v>
       </c>
       <c r="D44" t="s">
-        <v>1451</v>
+        <v>1473</v>
       </c>
       <c r="E44" t="s">
-        <v>1452</v>
+        <v>1474</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1453</v>
+        <v>1475</v>
       </c>
       <c r="H44" t="s">
-        <v>1454</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B45" t="s">
-        <v>1455</v>
+        <v>1477</v>
       </c>
       <c r="C45" t="s">
-        <v>1456</v>
+        <v>1478</v>
       </c>
       <c r="D45" t="s">
-        <v>1457</v>
+        <v>1479</v>
       </c>
       <c r="E45" t="s">
-        <v>1458</v>
+        <v>1480</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1459</v>
+        <v>1481</v>
       </c>
       <c r="H45" t="s">
-        <v>1460</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B46" t="s">
-        <v>1461</v>
+        <v>1483</v>
       </c>
       <c r="C46" t="s">
-        <v>1462</v>
+        <v>1484</v>
       </c>
       <c r="D46" t="s">
-        <v>1463</v>
+        <v>1485</v>
       </c>
       <c r="E46" t="s">
-        <v>1464</v>
+        <v>1486</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1465</v>
+        <v>1487</v>
       </c>
       <c r="H46" t="s">
-        <v>1466</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B47" t="s">
-        <v>1467</v>
+        <v>1489</v>
       </c>
       <c r="C47" t="s">
-        <v>1468</v>
+        <v>1490</v>
       </c>
       <c r="D47" t="s">
-        <v>1463</v>
+        <v>1485</v>
       </c>
       <c r="E47" t="s">
-        <v>1464</v>
+        <v>1486</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1469</v>
+        <v>1491</v>
       </c>
       <c r="H47" t="s">
-        <v>1470</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B48" t="s">
-        <v>1471</v>
+        <v>1493</v>
       </c>
       <c r="C48" t="s">
-        <v>1472</v>
+        <v>1494</v>
       </c>
       <c r="D48" t="s">
-        <v>1473</v>
+        <v>1495</v>
       </c>
       <c r="E48" t="s">
-        <v>1474</v>
+        <v>1496</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1475</v>
+        <v>1497</v>
       </c>
       <c r="H48" t="s">
-        <v>1476</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B49" t="s">
-        <v>1477</v>
+        <v>1499</v>
       </c>
       <c r="C49" t="s">
-        <v>1478</v>
+        <v>1500</v>
       </c>
       <c r="D49" t="s">
-        <v>1479</v>
+        <v>1501</v>
       </c>
       <c r="E49" t="s">
-        <v>1480</v>
+        <v>1502</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1481</v>
+        <v>1503</v>
       </c>
       <c r="H49" t="s">
-        <v>1482</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B50" t="s">
-        <v>1483</v>
+        <v>1505</v>
       </c>
       <c r="C50" t="s">
-        <v>1484</v>
+        <v>1506</v>
       </c>
       <c r="D50" t="s">
-        <v>1485</v>
+        <v>1507</v>
       </c>
       <c r="E50" t="s">
-        <v>1486</v>
+        <v>1508</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1487</v>
+        <v>1509</v>
       </c>
       <c r="H50" t="s">
-        <v>1488</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B51" t="s">
-        <v>1489</v>
+        <v>1511</v>
       </c>
       <c r="C51" t="s">
-        <v>1490</v>
+        <v>1512</v>
       </c>
       <c r="D51" t="s">
-        <v>1491</v>
+        <v>1513</v>
       </c>
       <c r="E51" t="s">
-        <v>1492</v>
+        <v>1514</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1493</v>
+        <v>1515</v>
       </c>
       <c r="H51" t="s">
-        <v>1494</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B52" t="s">
-        <v>1495</v>
+        <v>1517</v>
       </c>
       <c r="C52" t="s">
-        <v>1496</v>
+        <v>1518</v>
       </c>
       <c r="D52" t="s">
-        <v>1497</v>
+        <v>1519</v>
       </c>
       <c r="E52" t="s">
-        <v>1498</v>
+        <v>1520</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1499</v>
+        <v>1521</v>
       </c>
       <c r="H52" t="s">
-        <v>1500</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B53" t="s">
-        <v>1501</v>
+        <v>1523</v>
       </c>
       <c r="C53" t="s">
-        <v>1502</v>
+        <v>1524</v>
       </c>
       <c r="D53" t="s">
-        <v>1503</v>
+        <v>1525</v>
       </c>
       <c r="E53" t="s">
-        <v>1504</v>
+        <v>1526</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1505</v>
+        <v>1527</v>
       </c>
       <c r="H53" t="s">
-        <v>1506</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B54" t="s">
-        <v>1507</v>
+        <v>1529</v>
       </c>
       <c r="C54" t="s">
-        <v>1508</v>
+        <v>1530</v>
       </c>
       <c r="D54" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="E54" t="s">
-        <v>1510</v>
+        <v>1532</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1511</v>
+        <v>1533</v>
       </c>
       <c r="H54" t="s">
-        <v>1512</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B55" t="s">
-        <v>1513</v>
+        <v>1535</v>
       </c>
       <c r="C55" t="s">
-        <v>1514</v>
+        <v>1536</v>
       </c>
       <c r="D55" t="s">
-        <v>1515</v>
+        <v>1537</v>
       </c>
       <c r="E55" t="s">
-        <v>1516</v>
+        <v>1538</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1517</v>
+        <v>1539</v>
       </c>
       <c r="H55" t="s">
-        <v>1518</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B56" t="s">
-        <v>1519</v>
+        <v>1541</v>
       </c>
       <c r="C56" t="s">
-        <v>1520</v>
+        <v>1542</v>
       </c>
       <c r="D56" t="s">
-        <v>1521</v>
+        <v>1543</v>
       </c>
       <c r="E56" t="s">
-        <v>1522</v>
+        <v>1544</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1523</v>
+        <v>1545</v>
       </c>
       <c r="H56" t="s">
-        <v>1524</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B57" t="s">
-        <v>1525</v>
+        <v>1547</v>
       </c>
       <c r="C57" t="s">
-        <v>1526</v>
+        <v>1548</v>
       </c>
       <c r="D57" t="s">
-        <v>1527</v>
+        <v>1549</v>
       </c>
       <c r="E57" t="s">
-        <v>1528</v>
+        <v>1550</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1529</v>
+        <v>1551</v>
       </c>
       <c r="H57" t="s">
-        <v>1530</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B58" t="s">
-        <v>1531</v>
+        <v>1553</v>
       </c>
       <c r="C58" t="s">
-        <v>1532</v>
+        <v>1554</v>
       </c>
       <c r="D58" t="s">
-        <v>1202</v>
+        <v>1224</v>
       </c>
       <c r="E58" t="s">
-        <v>1533</v>
+        <v>1555</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1534</v>
+        <v>1556</v>
       </c>
       <c r="H58" t="s">
-        <v>1535</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B59" t="s">
-        <v>1536</v>
+        <v>1558</v>
       </c>
       <c r="C59" t="s">
-        <v>1537</v>
+        <v>1559</v>
       </c>
       <c r="D59" t="s">
-        <v>1538</v>
+        <v>1560</v>
       </c>
       <c r="E59" t="s">
-        <v>1539</v>
+        <v>1561</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1540</v>
+        <v>1562</v>
       </c>
       <c r="H59" t="s">
-        <v>1541</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B60" t="s">
-        <v>1542</v>
+        <v>1564</v>
       </c>
       <c r="C60" t="s">
-        <v>1543</v>
+        <v>1565</v>
       </c>
       <c r="D60" t="s">
-        <v>1544</v>
+        <v>1566</v>
       </c>
       <c r="E60" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1546</v>
+        <v>1568</v>
       </c>
       <c r="H60" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B61" t="s">
-        <v>1548</v>
+        <v>1570</v>
       </c>
       <c r="C61" t="s">
-        <v>1549</v>
+        <v>1571</v>
       </c>
       <c r="D61" t="s">
-        <v>1550</v>
+        <v>1572</v>
       </c>
       <c r="E61" t="s">
-        <v>1551</v>
+        <v>1573</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1552</v>
+        <v>1574</v>
       </c>
       <c r="H61" t="s">
-        <v>1553</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B62" t="s">
-        <v>1554</v>
+        <v>1576</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1555</v>
+        <v>1577</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1556</v>
+        <v>1578</v>
       </c>
       <c r="H62" t="s">
-        <v>1557</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B63" t="s">
-        <v>1558</v>
+        <v>1580</v>
       </c>
       <c r="C63" t="s">
-        <v>1559</v>
+        <v>1581</v>
       </c>
       <c r="D63" t="s">
-        <v>1560</v>
+        <v>1582</v>
       </c>
       <c r="E63" t="s">
-        <v>1561</v>
+        <v>1583</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1562</v>
+        <v>1584</v>
       </c>
       <c r="H63" t="s">
-        <v>1563</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B64" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="C64" t="s">
-        <v>1565</v>
+        <v>1587</v>
       </c>
       <c r="D64" t="s">
-        <v>1566</v>
+        <v>1588</v>
       </c>
       <c r="E64" t="s">
-        <v>1567</v>
+        <v>1589</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1568</v>
+        <v>1590</v>
       </c>
       <c r="H64" t="s">
-        <v>1569</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B65" t="s">
-        <v>1570</v>
+        <v>1592</v>
       </c>
       <c r="C65" t="s">
-        <v>1571</v>
+        <v>1593</v>
       </c>
       <c r="D65" t="s">
-        <v>1572</v>
+        <v>1594</v>
       </c>
       <c r="E65" t="s">
-        <v>1573</v>
+        <v>1595</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1574</v>
+        <v>1596</v>
       </c>
       <c r="H65" t="s">
-        <v>1575</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B66" t="s">
-        <v>1576</v>
+        <v>1598</v>
       </c>
       <c r="C66" t="s">
-        <v>1577</v>
+        <v>1599</v>
       </c>
       <c r="D66" t="s">
-        <v>1578</v>
+        <v>1600</v>
       </c>
       <c r="E66" t="s">
-        <v>1579</v>
+        <v>1601</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1580</v>
+        <v>1602</v>
       </c>
       <c r="H66" t="s">
-        <v>1581</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B67" t="s">
-        <v>1582</v>
+        <v>1604</v>
       </c>
       <c r="C67" t="s">
-        <v>1583</v>
+        <v>1605</v>
       </c>
       <c r="D67" t="s">
-        <v>1584</v>
+        <v>1606</v>
       </c>
       <c r="E67" t="s">
-        <v>1585</v>
+        <v>1607</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1586</v>
+        <v>1608</v>
       </c>
       <c r="H67" t="s">
-        <v>1587</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B68" t="s">
-        <v>1588</v>
+        <v>1610</v>
       </c>
       <c r="C68" t="s">
-        <v>1589</v>
+        <v>1611</v>
       </c>
       <c r="D68" t="s">
-        <v>1590</v>
+        <v>1612</v>
       </c>
       <c r="E68" t="s">
-        <v>1591</v>
+        <v>1613</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1592</v>
+        <v>1614</v>
       </c>
       <c r="H68" t="s">
-        <v>1593</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B69" t="s">
-        <v>1594</v>
+        <v>1616</v>
       </c>
       <c r="C69" t="s">
-        <v>1595</v>
+        <v>1617</v>
       </c>
       <c r="D69" t="s">
-        <v>1596</v>
+        <v>1618</v>
       </c>
       <c r="E69" t="s">
-        <v>1597</v>
+        <v>1619</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1598</v>
+        <v>1620</v>
       </c>
       <c r="H69" t="s">
-        <v>1599</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B70" t="s">
-        <v>1600</v>
+        <v>1622</v>
       </c>
       <c r="C70" t="s">
-        <v>1601</v>
+        <v>1623</v>
       </c>
       <c r="D70" t="s">
-        <v>1602</v>
+        <v>1624</v>
       </c>
       <c r="E70" t="s">
-        <v>1603</v>
+        <v>1625</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1604</v>
+        <v>1626</v>
       </c>
       <c r="H70" t="s">
-        <v>1605</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B71" t="s">
-        <v>1606</v>
+        <v>1628</v>
       </c>
       <c r="C71" t="s">
-        <v>1607</v>
+        <v>1629</v>
       </c>
       <c r="D71" t="s">
-        <v>1608</v>
+        <v>1630</v>
       </c>
       <c r="E71" t="s">
-        <v>1609</v>
+        <v>1631</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1610</v>
+        <v>1632</v>
       </c>
       <c r="H71" t="s">
-        <v>1611</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B72" t="s">
-        <v>1612</v>
+        <v>1634</v>
       </c>
       <c r="C72" t="s">
-        <v>1613</v>
+        <v>1635</v>
       </c>
       <c r="D72" t="s">
-        <v>1614</v>
+        <v>1636</v>
       </c>
       <c r="E72" t="s">
-        <v>1615</v>
+        <v>1637</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1616</v>
+        <v>1638</v>
       </c>
       <c r="H72" t="s">
-        <v>1617</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B73" t="s">
-        <v>1618</v>
+        <v>1640</v>
       </c>
       <c r="C73" t="s">
-        <v>1619</v>
+        <v>1641</v>
       </c>
       <c r="D73" t="s">
-        <v>1620</v>
+        <v>1642</v>
       </c>
       <c r="E73" t="s">
-        <v>1620</v>
+        <v>1642</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1621</v>
+        <v>1643</v>
       </c>
       <c r="H73" t="s">
-        <v>1622</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B74" t="s">
-        <v>1623</v>
+        <v>1645</v>
       </c>
       <c r="C74" t="s">
-        <v>1624</v>
+        <v>1646</v>
       </c>
       <c r="D74" t="s">
-        <v>1625</v>
+        <v>1647</v>
       </c>
       <c r="E74" t="s">
-        <v>1620</v>
+        <v>1642</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1626</v>
+        <v>1648</v>
       </c>
       <c r="H74" t="s">
-        <v>1627</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B75" t="s">
-        <v>1628</v>
+        <v>1650</v>
       </c>
       <c r="C75" t="s">
-        <v>1629</v>
+        <v>1651</v>
       </c>
       <c r="D75" t="s">
-        <v>1630</v>
+        <v>1652</v>
       </c>
       <c r="E75" t="s">
-        <v>1630</v>
+        <v>1652</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="H75" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B76" t="s">
-        <v>1633</v>
+        <v>1655</v>
       </c>
       <c r="C76" t="s">
-        <v>1634</v>
+        <v>1656</v>
       </c>
       <c r="D76" t="s">
-        <v>1635</v>
+        <v>1657</v>
       </c>
       <c r="E76" t="s">
-        <v>1636</v>
+        <v>1658</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1637</v>
+        <v>1659</v>
       </c>
       <c r="H76" t="s">
-        <v>1638</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B77" t="s">
-        <v>1639</v>
+        <v>1661</v>
       </c>
       <c r="C77" t="s">
-        <v>1640</v>
+        <v>1662</v>
       </c>
       <c r="D77" t="s">
-        <v>1641</v>
+        <v>1663</v>
       </c>
       <c r="E77" t="s">
-        <v>1642</v>
+        <v>1664</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1643</v>
+        <v>1665</v>
       </c>
       <c r="H77" t="s">
-        <v>1644</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B78" t="s">
-        <v>1645</v>
+        <v>1667</v>
       </c>
       <c r="C78" t="s">
-        <v>1646</v>
+        <v>1668</v>
       </c>
       <c r="D78" t="s">
-        <v>1647</v>
+        <v>1669</v>
       </c>
       <c r="E78" t="s">
-        <v>1648</v>
+        <v>1670</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1649</v>
+        <v>1671</v>
       </c>
       <c r="H78" t="s">
-        <v>1650</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B79" t="s">
-        <v>1651</v>
+        <v>1673</v>
       </c>
       <c r="C79" t="s">
-        <v>1652</v>
+        <v>1674</v>
       </c>
       <c r="D79" t="s">
-        <v>1653</v>
+        <v>1675</v>
       </c>
       <c r="E79" t="s">
-        <v>1654</v>
+        <v>1676</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1655</v>
+        <v>1677</v>
       </c>
       <c r="H79" t="s">
-        <v>1656</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B80" t="s">
-        <v>1657</v>
+        <v>1679</v>
       </c>
       <c r="C80" t="s">
-        <v>1658</v>
+        <v>1680</v>
       </c>
       <c r="D80" t="s">
-        <v>1659</v>
+        <v>1681</v>
       </c>
       <c r="E80" t="s">
-        <v>1660</v>
+        <v>1682</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1661</v>
+        <v>1683</v>
       </c>
       <c r="H80" t="s">
-        <v>1662</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B81" t="s">
-        <v>1663</v>
+        <v>1685</v>
       </c>
       <c r="C81" t="s">
-        <v>1664</v>
+        <v>1686</v>
       </c>
       <c r="D81" t="s">
-        <v>1665</v>
+        <v>1687</v>
       </c>
       <c r="E81" t="s">
-        <v>1666</v>
+        <v>1688</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1667</v>
+        <v>1689</v>
       </c>
       <c r="H81" t="s">
-        <v>1668</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B82" t="s">
-        <v>1669</v>
+        <v>1691</v>
       </c>
       <c r="C82" t="s">
-        <v>1670</v>
+        <v>1692</v>
       </c>
       <c r="D82" t="s">
-        <v>1671</v>
+        <v>1693</v>
       </c>
       <c r="E82" t="s">
-        <v>1672</v>
+        <v>1694</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1673</v>
+        <v>1695</v>
       </c>
       <c r="H82" t="s">
-        <v>1674</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B83" t="s">
-        <v>1675</v>
+        <v>1697</v>
       </c>
       <c r="C83" t="s">
-        <v>1676</v>
+        <v>1698</v>
       </c>
       <c r="D83" t="s">
-        <v>1677</v>
+        <v>1699</v>
       </c>
       <c r="E83" t="s">
-        <v>1678</v>
+        <v>1700</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1679</v>
+        <v>1701</v>
       </c>
       <c r="H83" t="s">
-        <v>1680</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B84" t="s">
-        <v>1681</v>
+        <v>1703</v>
       </c>
       <c r="C84" t="s">
-        <v>1682</v>
+        <v>1704</v>
       </c>
       <c r="D84" t="s">
-        <v>1683</v>
+        <v>1705</v>
       </c>
       <c r="E84" t="s">
-        <v>1684</v>
+        <v>1706</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1685</v>
+        <v>1707</v>
       </c>
       <c r="H84" t="s">
-        <v>1686</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="B85" t="s">
-        <v>1687</v>
+        <v>1709</v>
       </c>
       <c r="C85" t="s">
-        <v>1688</v>
+        <v>1710</v>
       </c>
       <c r="D85" t="s">
-        <v>1689</v>
+        <v>1711</v>
       </c>
       <c r="E85" t="s">
-        <v>1690</v>
+        <v>1712</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1691</v>
+        <v>1713</v>
       </c>
       <c r="H85" t="s">
-        <v>1692</v>
+        <v>1714</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>