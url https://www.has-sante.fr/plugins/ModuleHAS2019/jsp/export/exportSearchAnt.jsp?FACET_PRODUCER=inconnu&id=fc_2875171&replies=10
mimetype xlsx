--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -36,51 +36,51 @@
     <sheet name="Export Public Health guideline" r:id="rId5" sheetId="3"/>
     <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
     <sheet name="Export Chronic disease guide" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
     <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="387">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -294,50 +294,68 @@
     <t>10/01/2008 00:00:00</t>
   </si>
   <si>
     <t>10/21/2008 10:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
     <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
     <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
   </si>
   <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
   </si>
   <si>
     <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Normal childbirth: support of physiology and medical interventions</t>
   </si>
   <si>
     <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
   </si>
@@ -1381,72 +1399,72 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="B2" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C2" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="H2" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1739,51 +1757,51 @@
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>83</v>
       </c>
       <c r="H9" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1912,80 +1930,80 @@
       </c>
       <c r="E6" t="s">
         <v>113</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>114</v>
       </c>
       <c r="H6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>85</v>
       </c>
       <c r="B7" t="s">
         <v>116</v>
       </c>
       <c r="C7" t="s">
         <v>117</v>
       </c>
       <c r="D7" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="E7" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>124</v>
       </c>
       <c r="H8" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>85</v>
       </c>
       <c r="B9" t="s">
         <v>126</v>
       </c>
       <c r="C9" t="s">
         <v>127</v>
       </c>
       <c r="D9" t="s">
         <v>128</v>
       </c>
       <c r="E9" t="s">
@@ -2039,80 +2057,80 @@
       </c>
       <c r="D11" t="s">
         <v>140</v>
       </c>
       <c r="E11" t="s">
         <v>141</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>142</v>
       </c>
       <c r="H11" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>85</v>
       </c>
       <c r="B12" t="s">
         <v>144</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="E12" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H12" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>152</v>
       </c>
       <c r="H13" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>85</v>
       </c>
       <c r="B14" t="s">
         <v>154</v>
       </c>
       <c r="C14" t="s">
         <v>155</v>
       </c>
       <c r="D14" t="s">
@@ -2149,100 +2167,100 @@
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>164</v>
       </c>
       <c r="H15" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>85</v>
       </c>
       <c r="B16" t="s">
         <v>166</v>
       </c>
       <c r="C16" t="s">
         <v>167</v>
       </c>
       <c r="D16" t="s">
         <v>168</v>
       </c>
       <c r="E16" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H16" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C17" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H17" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E18" t="s">
         <v>179</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>180</v>
       </c>
       <c r="H18" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>182</v>
       </c>
       <c r="C19" t="s">
         <v>183</v>
       </c>
       <c r="D19" t="s">
@@ -2289,1005 +2307,1031 @@
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>194</v>
       </c>
       <c r="C21" t="s">
         <v>195</v>
       </c>
       <c r="D21" t="s">
         <v>196</v>
       </c>
       <c r="E21" t="s">
         <v>197</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>198</v>
       </c>
       <c r="H21" t="s">
         <v>199</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>200</v>
+      </c>
+      <c r="C22" t="s">
+        <v>201</v>
+      </c>
+      <c r="D22" t="s">
+        <v>202</v>
+      </c>
+      <c r="E22" t="s">
+        <v>203</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>204</v>
+      </c>
+      <c r="H22" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D2" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="E2" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="H2" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B2" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C2" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="D2" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="E2" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="H2" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B3" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D3" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E3" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="H3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B4" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="E4" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H4" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B5" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="D5" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="E5" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="H5" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D6" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="E6" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="H6" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B7" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C7" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="D7" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="E7" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H7" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B8" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C8" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D8" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="E8" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="H8" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B9" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C9" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="D9" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E9" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="H9" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B10" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C10" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D10" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E10" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="H10" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B11" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="C11" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="D11" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E11" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="H11" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="C12" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="D12" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="E12" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="H12" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B13" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C13" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D13" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E13" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="H13" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B14" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C14" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D14" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="E14" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="H14" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B15" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C15" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="D15" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="E15" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="H15" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B16" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C16" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="D16" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="E16" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="H16" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B17" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="C17" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D17" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E17" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="H17" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B18" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C18" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D18" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E18" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="H18" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B19" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C19" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D19" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="E19" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="H19" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B20" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="C20" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="D20" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="E20" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="H20" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B21" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C21" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="D21" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="E21" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="H21" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B22" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C22" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="D22" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="E22" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="H22" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B23" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="C23" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="D23" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="E23" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H23" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B24" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C24" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="D24" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="E24" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="H24" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="H2" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="I2" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B2" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="C2" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="D2" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="E2" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="H2" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="C3" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="D3" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="E3" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="H3" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B2" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C2" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="D2" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="E2" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="H2" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B3" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="C3" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="D3" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="E3" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="H3" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>