--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -1,1297 +1,7006 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3623" uniqueCount="2287">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...2 lines deleted...]
-    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations de bonne pratique et des parcours de soins</t>
+  </si>
+  <si>
+    <t>Les recommandations de bonne pratique (RBP), appelées Clinical Practices Guidelines (CPG) dans la littérature internationale, sont définies dans le champ de la santé comme « des propositions développées méthodiquement pour aider le praticien et le patient à rechercher les soins les plus appropriés dans des circonstances cliniques données ». Les RBP sont la synthèse de l'état de l'art et des données de la science à un temps donné et il existe de nombreux enjeux à ce qu’elles soient mises à jour à l’acquisition de nouvelles données significatives.</t>
+  </si>
+  <si>
+    <t>23/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/04/2023 09:25:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3312383</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) d'officine</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens d’officine sont des logiciels dont au moins une des fonctions permet l'enregistrement d’informations relatives à la dispensation de médicaments (identité du patient, analyse des prescriptions, conseil et dispensation des médicaments…). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation. La HAS publie la nouvelle procédure de certification des LAD, avec une approche plus clinique et adaptée aux nouvelles missions des pharmaciens, et met à jour le référentiel pour les LAD d'officine.</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2022 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776625/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-d-officine</t>
+  </si>
+  <si>
+    <t>c_1776625</t>
+  </si>
+  <si>
+    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>06/10/2021 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+    <t>10/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux industriels, aux structures de recherche, aux CRO, aux porteurs de projet et aux professionnels de santé impliqués dans le développement clinique d’un dispositif médical ou d’une technologie de santé et qui envisagent de déposer une demande d’admission au remboursement du dispositif concerné auprès de la CNEDiMTS. Il est aussi destiné aux patients, puisque ce guide est destiné à favoriser le recueil de la preuve, quel que soit le critère utilisé.</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Outcome indicators measured from medico-administrative databases</t>
-[...2 lines deleted...]
-    <t>Since 2015, the French national Authority for Health (HAS) develops outcome indicators based on medico-administrative databases, using a valid method designed for quality, safety and patient outcome improvement. This work is performed with a multidisciplinary working group bringing together the expertise of the medical staff caring for patients, doctors with expertise in the coding of medical information, patients and healthcare system users.</t>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - Méthode de validation des indicateurs de résultats mesurés à partir des bases de données</t>
+  </si>
+  <si>
+    <t>Depuis 2015, la HAS développe des indicateurs de qualité et de sécurité des soins (IQSS) de résultats mesurés à partir des bases médico-administratives en lien avec les professionnels de santé, les médecins codeurs de l’information médicale, les patients et les usagers. La HAS publie sa méthode de développement, validation et utilisations de ce type d’indicateurs, conçue pour l’amélioration de la qualité des soins, de la sécurité et du résultat pour les patients.</t>
   </si>
   <si>
     <t>06/06/2019 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2021 18:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3076997/en/outcome-indicators-measured-from-medico-administrative-databases</t>
+    <t>16/04/2021 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076997/fr/iqss-2019-methode-de-validation-des-indicateurs-de-resultats-mesures-a-partir-des-bases-de-donnees</t>
   </si>
   <si>
     <t>p_3076997</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_977149/en/relay-14-september-2010-2708-opinion</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EVOLUT PRO+</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2026 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807255/fr/evolut-pro</t>
+  </si>
+  <si>
+    <t>p_3807255</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>EVOLUT FX+</t>
+  </si>
+  <si>
+    <t>07/01/2026 11:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807259/fr/evolut-fx</t>
+  </si>
+  <si>
+    <t>p_3807259</t>
+  </si>
+  <si>
+    <t>EDWARDS SAPIEN 3 avec  EDWARDS ALTERRA</t>
+  </si>
+  <si>
+    <t>01/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638479/fr/edwards-sapien-3-avec-edwards-alterra</t>
+  </si>
+  <si>
+    <t>p_3638479</t>
+  </si>
+  <si>
+    <t>Système de valve pulmonaire transcathéter avec pré-stent adaptatif et système de pose  PDS</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS (France)</t>
+  </si>
+  <si>
+    <t>TRICLIP G4</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633260/fr/triclip-g4</t>
+  </si>
+  <si>
+    <t>p_3633260</t>
+  </si>
+  <si>
+    <t>Clip de réparation tricuspide bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + capteur de mesure du glucose interstitiel FREESTYLE LIBRE 2 PLUS)</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587652/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-capteur-de-mesure-du-glucose-interstitiel-freestyle-libre-2-plus</t>
+  </si>
+  <si>
+    <t>p_3587652</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>LIFEVEST 4000</t>
+  </si>
+  <si>
+    <t>04/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2024 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524695/fr/lifevest-4000</t>
+  </si>
+  <si>
+    <t>p_3524695</t>
+  </si>
+  <si>
+    <t>ZOLL MEDICAL FRANCE (France)</t>
+  </si>
+  <si>
+    <t>CETOPRANE</t>
+  </si>
+  <si>
+    <t>16/07/2024 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520699/fr/cetoprane</t>
+  </si>
+  <si>
+    <t>p_3520699</t>
+  </si>
+  <si>
+    <t>Denrée Alimentaire Destinée à des Fins Médicales Spéciales</t>
+  </si>
+  <si>
+    <t>KETOM+ (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 780G associé au système de mesure en continu du glucose interstitiel GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514595/fr/systeme-minimed-780g-associe-au-systeme-de-mesure-en-continu-du-glucose-interstitiel-guardian-4</t>
+  </si>
+  <si>
+    <t>p_3514595</t>
+  </si>
+  <si>
+    <t>MEDTRONIC (France)</t>
+  </si>
+  <si>
+    <t>C-BRACE</t>
+  </si>
+  <si>
+    <t>29/04/2024 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506732/fr/c-brace</t>
+  </si>
+  <si>
+    <t>p_3506732</t>
+  </si>
+  <si>
+    <t>Orthèse cruropédieuse associée à une articulation hydraulique contrôlée par microprocesseur</t>
+  </si>
+  <si>
+    <t>OTTO BOCK France SARL (France)</t>
+  </si>
+  <si>
+    <t>CERENOVUS NIMBUS</t>
+  </si>
+  <si>
+    <t>23/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2024 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511640/fr/cerenovus-nimbus</t>
+  </si>
+  <si>
+    <t>p_3511640</t>
+  </si>
+  <si>
+    <t>Stent retriever</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>MAGSEED</t>
+  </si>
+  <si>
+    <t>27/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498571/fr/magseed</t>
+  </si>
+  <si>
+    <t>p_3498571</t>
+  </si>
+  <si>
+    <t>Marqueur magnétique</t>
+  </si>
+  <si>
+    <t>ENDOMAGNETICS SAS</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>PRESAGE CARE</t>
+  </si>
+  <si>
+    <t>07/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2023 10:29:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471729/fr/presage-care</t>
+  </si>
+  <si>
+    <t>p_3471729</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>PRESAGE</t>
+  </si>
+  <si>
+    <t>ZENITH ALPHA &amp; ZENITH ALPHA SPIRAL-Z</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2023 09:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410985/fr/zenith-alpha-zenith-alpha-spiral-z</t>
+  </si>
+  <si>
+    <t>p_3410985</t>
+  </si>
+  <si>
+    <t>endoprothèse aortique abdominale &amp; jambage iliaque (endoprothèse aortique abdominale)</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>CASPER</t>
+  </si>
+  <si>
+    <t>09/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2021 15:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259535/fr/casper</t>
+  </si>
+  <si>
+    <t>p_3259535</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne auto-expansible</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE</t>
+  </si>
+  <si>
+    <t>SAPIEN 3 MODÈLE 9600 TFX BIOPROTHESE VALVULAIRE AORTIQUE AVEC SYSTEME DE MISE EN PLACE EDWARDS COMMANDER™</t>
+  </si>
+  <si>
+    <t>16/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2021 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244168/fr/sapien-3-modele-9600-tfx-bioprothese-valvulaire-aortique-avec-systeme-de-mise-en-place-edwards-commander</t>
+  </si>
+  <si>
+    <t>p_3244168</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie  transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t>10/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2020 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169465/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3169465</t>
+  </si>
+  <si>
+    <t>Prothèse  totale de cheville</t>
+  </si>
+  <si>
+    <t>TORNIER SAS / WRIGHT MEDICAL TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>ZENITH t-Branch (standard)</t>
+  </si>
+  <si>
+    <t>10/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:45:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108970/fr/zenith-t-branch-standard</t>
+  </si>
+  <si>
+    <t>p_3108970</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire thoraco-abdominale</t>
+  </si>
+  <si>
+    <t>DAC</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106819/fr/dac</t>
+  </si>
+  <si>
+    <t>p_3106819</t>
+  </si>
+  <si>
+    <t>hydrogel biorésorbable pour implants orthopédiques</t>
+  </si>
+  <si>
+    <t>NOVAGENIT SRL</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : Mi1200 SYNCHRONY et Mi1200 SYNCHRONY PIN, implants cochléaires - OPUS 2, RONDO, RONDO 2, SONNET, SONNET EAS, processeurs de son</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2019 11:09:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969656/fr/systemes-d-implants-cochleaires-mi1200-synchrony-et-mi1200-synchrony-pin-implants-cochleaires-opus-2-rondo-rondo-2-sonnet-sonnet-eas-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969656</t>
+  </si>
+  <si>
+    <t>Implants cochléaires et processeurs de son</t>
+  </si>
+  <si>
+    <t>MED-EL Elektromedizinische Geräte Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : HIRES 90K ADVANTAGE (avec un porte-électrode HIFOCUS 1j), HIRES 90K ADVANTAGE HIFOCUS MS (avec un porte-électrode MIDSCALA), implants cochléaires - NEPTUNE, AURIA HARMONY, processeurs de son</t>
+  </si>
+  <si>
+    <t>07/06/2019 16:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969894/fr/systemes-d-implants-cochleaires-hires-90k-advantage-avec-un-porte-electrode-hifocus-1j-hires-90k-advantage-hifocus-ms-avec-un-porte-electrode-midscala-implants-cochleaires-neptune-auria-harmony-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969894</t>
+  </si>
+  <si>
+    <t>ADVANCED BIONICS SARL</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : DIGISONIC SP, DIGISONIC SP EVO, NEURO ZTI CLA, NEURO ZTI EVO, implants cochléaires - SAPHYR SP, SAPHYR CX, NEURO ONE, NEURO 2, processeurs de son</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969904/fr/systemes-d-implants-cochleaires-digisonic-sp-digisonic-sp-evo-neuro-zti-cla-neuro-zti-evo-implants-cochleaires-saphyr-sp-saphyr-cx-neuro-one-neuro-2-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969904</t>
+  </si>
+  <si>
+    <t>NEURELEC</t>
+  </si>
+  <si>
+    <t>NUCLEUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969922/fr/nucleus</t>
+  </si>
+  <si>
+    <t>c_2969922</t>
+  </si>
+  <si>
+    <t>systèmes d’implants cochléaires composés des implants Nucleus Freedom électrode Contour Advance, Nucleus Freedom, Nucleus CI422, Nucleus CI512 et des processeurs de son CP 910 et 920, KANSO (CP950) et NUCLEUS 7 (CP1000)</t>
+  </si>
+  <si>
+    <t>COCHLEAR FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>MITRACLIP NT</t>
+  </si>
+  <si>
+    <t>Implant cardiaque</t>
+  </si>
+  <si>
+    <t>10/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740889/fr/mitraclip-nt</t>
+  </si>
+  <si>
+    <t>c_2740889</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>implant d'embolisation liquide</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:56:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627317/fr/onyx</t>
+  </si>
+  <si>
+    <t>c_2627317</t>
+  </si>
+  <si>
+    <t>SYNVISC-ONE</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_2030383</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>MITRACLIP</t>
+  </si>
+  <si>
+    <t>Ce produit fait l'objet d'un avis d'efficience</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023888/fr/mitraclip</t>
+  </si>
+  <si>
+    <t>c_2023888</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023879/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2023879</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>KetoCal</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale ou entérale</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2014 18:57:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768798/fr/ketocal</t>
+  </si>
+  <si>
+    <t>c_1768798</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>INOGEN ONE G3</t>
+  </si>
+  <si>
+    <t>03/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711196/fr/inogen-one-g3</t>
+  </si>
+  <si>
+    <t>c_1711196</t>
+  </si>
+  <si>
+    <t>SCALEO Médical</t>
+  </si>
+  <si>
+    <t>NeuRx DPS RA/4, système de stimulation du diaphragme</t>
+  </si>
+  <si>
+    <t>Système de stimulation du diaphragme - SLA - NeuRx DPS RA/4 Diaphragm Pacing System - ALS - NeuRx DPS RA / 4</t>
+  </si>
+  <si>
+    <t>09/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2013 17:46:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1520081/fr/neurx-dps-ra/4-systeme-de-stimulation-du-diaphragme</t>
+  </si>
+  <si>
+    <t>c_1520081</t>
+  </si>
+  <si>
+    <t>SYNAPSE BIOMEDICAL EUROPE</t>
+  </si>
+  <si>
+    <t>ESSURE -  29 mai 2012 (4062) avis</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2012 18:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252900/fr/essure-29-mai-2012-4062-avis</t>
+  </si>
+  <si>
+    <t>c_1252900</t>
+  </si>
+  <si>
+    <t>CONCEPTUS S.A.S France</t>
+  </si>
+  <si>
+    <t>RELAY - 14 septembre 2010 (2708) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique CHIRURGIE VASCULAIRE - Nouveau dispositif Absence de progrès thérapeutique par rapport aux autres endoprothèses aortiques thoraciques</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977149/fr/relay-14-septembre-2010-2708-avis</t>
   </si>
   <si>
     <t>c_977149</t>
   </si>
   <si>
     <t>ABS – Bolton Medical</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+    <t>TAG - 12 juillet 2011 (3747) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique CHIRURGIE VASCULAIRE - Nouveaux dispositifs Absence de progrès thérapeutique par rapport aux autres endoprothèses aortiques thoraciques</t>
+  </si>
+  <si>
+    <t>12/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2011 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060114/fr/tag-12-juillet-2011-3747-avis</t>
+  </si>
+  <si>
+    <t>c_1060114</t>
+  </si>
+  <si>
+    <t>WL Gore et Associés Sarl</t>
+  </si>
+  <si>
+    <t>CONFORMABLE TAG - 12 juillet 2011 (3748) avis</t>
+  </si>
+  <si>
+    <t>20/12/2011 15:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060169/fr/conformable-tag-12-juillet-2011-3748-avis</t>
+  </si>
+  <si>
+    <t>c_1060169</t>
+  </si>
+  <si>
+    <t>PIPELINE - 15 novembre 2011 (3927) avis</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter) NEURORADIOLOGIE – Nouveau dispositif médical Progrès thérapeutique mineur par rapport à l’abstention thérapeutique</t>
+  </si>
+  <si>
+    <t>15/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/11/2011 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098551/fr/pipeline-15-novembre-2011-3927-avis</t>
+  </si>
+  <si>
+    <t>c_1098551</t>
+  </si>
+  <si>
+    <t>Ev3 SAS</t>
+  </si>
+  <si>
+    <t>RELAY PLUS - 31 mai 2011 (3746) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique CHIRURGIE VASCULAIRE – Nouveaux Dispositifs Absence de progrès thérapeutique par rapport aux autres endoprothèses aortiques thoraciques</t>
+  </si>
+  <si>
+    <t>31/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/06/2011 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056990/fr/relay-plus-31-mai-2011-3746-avis</t>
+  </si>
+  <si>
+    <t>c_1056990</t>
+  </si>
+  <si>
+    <t>RELAY NBS PLUS - 31 mai 2011 (3791) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056992/fr/relay-nbs-plus-31-mai-2011-3791-avis</t>
+  </si>
+  <si>
+    <t>c_1056992</t>
+  </si>
+  <si>
+    <t>ZENITH RENU AAA - CNEDiMTS du 27 octobre 2009 (2155)</t>
+  </si>
+  <si>
+    <t>Endoprothèse auxiliaire Vasculaire – Nouveau dispositif Pas d’avantage clinique démontré par rapport aux endoprothèses aorto-uni-iliaques</t>
+  </si>
+  <si>
+    <t>27/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2009 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874814/fr/zenith-renu-aaa-cnedimts-du-27-octobre-2009-2155</t>
+  </si>
+  <si>
+    <t>c_874814</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>VALIANT- CNEDiMTS du 27 octobre 2009 (2179)</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique VASCULAIRE - Nouveau dispositif Absence de progrès thérapeutique par rapport aux autres endoprothèses aortiques thoraciques</t>
+  </si>
+  <si>
+    <t>03/11/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865012/fr/valiant-cnedimts-du-27-octobre-2009-2179</t>
+  </si>
+  <si>
+    <t>c_865012</t>
+  </si>
+  <si>
+    <t>Medtronic France</t>
+  </si>
+  <si>
+    <t>ZENITH TX2 PROFORM - CNEDiMTS du 22 septembre 2009 (2199)</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique Vasculaire - Nouveau dispositif Absence de progrès thérapeutique par rapport à l’endoprothèse ZENITH TX2</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864999/fr/zenith-tx2-proform-cnedimts-du-22-septembre-2009-2199</t>
+  </si>
+  <si>
+    <t>c_864999</t>
+  </si>
+  <si>
+    <t>Cook France</t>
+  </si>
+  <si>
+    <t>SILK - CNEDiMTS du 22 septembre 2009 (2055)</t>
+  </si>
+  <si>
+    <t>28/09/2009 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849166/fr/silk-cnedimts-du-22-septembre-2009-2055</t>
+  </si>
+  <si>
+    <t>c_849166</t>
+  </si>
+  <si>
+    <t>Balt Extrusion</t>
+  </si>
+  <si>
+    <t>PHARMA OCEANIS</t>
+  </si>
+  <si>
+    <t>18/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2008 12:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_728517/fr/pharma-oceanis</t>
+  </si>
+  <si>
+    <t>c_728517</t>
+  </si>
+  <si>
+    <t>PHARMAOUEST INDUSTRIES</t>
+  </si>
+  <si>
+    <t>MACROPLASTIQUE</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703036/fr/macroplastique</t>
+  </si>
+  <si>
+    <t>c_703036</t>
+  </si>
+  <si>
+    <t>COLOPLAST (France)</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674403/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_674403</t>
+  </si>
+  <si>
+    <t>GENZYME SAS France</t>
+  </si>
+  <si>
+    <t>RESTORE</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2008 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_662399/fr/restore</t>
+  </si>
+  <si>
+    <t>c_662399</t>
+  </si>
+  <si>
+    <t>Medtronic Inc.</t>
+  </si>
+  <si>
+    <t>Avis général des implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>Implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594620/fr/avis-general-des-implants-pour-traitement-de-l-incontinence-urinaire-et-des-implants-de-renfort-pour-traitement-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_594620</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>DIGISONIC SP ABI</t>
+  </si>
+  <si>
+    <t>16/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2007 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548586/fr/digisonic-sp-abi</t>
+  </si>
+  <si>
+    <t>c_548586</t>
+  </si>
+  <si>
+    <t>Neurelec - MXM</t>
+  </si>
+  <si>
+    <t>Nucleus ABI24M</t>
+  </si>
+  <si>
+    <t>16/05/2007 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548594/fr/nucleus-abi24m</t>
+  </si>
+  <si>
+    <t>c_548594</t>
+  </si>
+  <si>
+    <t>COCHLEAR France SAS (France)</t>
+  </si>
+  <si>
+    <t>PULSAR CI100 ABI</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548600/fr/pulsar-ci100-abi</t>
+  </si>
+  <si>
+    <t>c_548600</t>
+  </si>
+  <si>
+    <t>Vibrant MED-EL Hearing Technologie (France)</t>
+  </si>
+  <si>
+    <t>SONATA TI100 ABI</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548619/fr/sonata-ti100-abi</t>
+  </si>
+  <si>
+    <t>c_548619</t>
+  </si>
+  <si>
+    <t>DIGISONIC SP</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548624/fr/digisonic-sp</t>
+  </si>
+  <si>
+    <t>c_548624</t>
+  </si>
+  <si>
+    <t>HiResolution Bionic Ear</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548629/fr/hiresolution-bionic-ear</t>
+  </si>
+  <si>
+    <t>c_548629</t>
+  </si>
+  <si>
+    <t>ADVANCED BIONICS SARL (France)</t>
+  </si>
+  <si>
+    <t>Nucleus FREEDOM</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548634/fr/nucleus-freedom</t>
+  </si>
+  <si>
+    <t>c_548634</t>
+  </si>
+  <si>
+    <t>PULSAR CI100</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548639/fr/pulsar-ci100</t>
+  </si>
+  <si>
+    <t>c_548639</t>
+  </si>
+  <si>
+    <t>SONATA TI100</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548644/fr/sonata-ti100</t>
+  </si>
+  <si>
+    <t>c_548644</t>
+  </si>
+  <si>
+    <t>ARTHRUM</t>
+  </si>
+  <si>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398357/fr/arthrum</t>
+  </si>
+  <si>
+    <t>c_398357</t>
+  </si>
+  <si>
+    <t>LCA (France)</t>
+  </si>
+  <si>
+    <t>SUPARTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398375/fr/supartz</t>
+  </si>
+  <si>
+    <t>c_398375</t>
+  </si>
+  <si>
+    <t>SEIKAGAKU (Japon)</t>
+  </si>
+  <si>
+    <t>SUPLASYN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398376/fr/suplasyn</t>
+  </si>
+  <si>
+    <t>c_398376</t>
+  </si>
+  <si>
+    <t>BIONICHE TEO (Irlande)</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>19/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398794/fr/restore</t>
+  </si>
+  <si>
+    <t>c_398794</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Polykystose rénale autosomique récessive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Polykystose rénale autosomique récessive. Il a été élaboré par le Centre de référence MaReGe sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/03/2026 09:53:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3892970/fr/polykystose-renale-autosomique-recessive</t>
+  </si>
+  <si>
+    <t>p_3892970</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Maladie de Coats</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients nécessitant un traitement pour une maladie de Coats. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579042/fr/prise-en-charge-de-la-maladie-de-coats</t>
+  </si>
+  <si>
+    <t>p_3579042</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Ventriculaire Droite Arythmogène</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une Cardiomyopathie Ventriculaire Droite Arythmogène - CVDA. Il a été élaboré par le Centre de Référence Maladies Rares (CRMR) des Cardiomyopathies et des Troubles du Rythme Cardiaque Héréditaires ou Rares Sous l'égide et avec le partenariat de la Filière de Santé des maladies Cardiaques héréditaires CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293825/fr/cardiomyopathie-ventriculaire-droite-arythmogene</t>
+  </si>
+  <si>
+    <t>p_3293825</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome de microduplication 7q11.23</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de microduplication 7q11.23. Il a été élaboré par le Centre de Référence "Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares" Région Sud-Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147986/fr/syndrome-de-microduplication-7q11-23</t>
+  </si>
+  <si>
+    <t>p_3147986</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Maladie de Pompe</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
+  </si>
+  <si>
+    <t>08/08/2016 13:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659919/fr/maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>c_2659919</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 11 décembre 2019</t>
+  </si>
+  <si>
+    <t>17/09/2020 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202084/fr/college-deliberatif-du-11-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3202084</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CTV exceptionnelle - Réunion du 13 mai 2025</t>
+  </si>
+  <si>
+    <t>14/10/2025 11:10:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699998/fr/ctv-exceptionnelle-reunion-du-13-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3699998</t>
+  </si>
+  <si>
+    <t>CTV exceptionnelle - Réunion du 28 avril 2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:53:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685617/fr/ctv-exceptionnelle-reunion-du-28-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3685617</t>
+  </si>
+  <si>
+    <t>Regarder le replay - Colloque HAS « Santé, l'innovation au service des personnes »</t>
+  </si>
+  <si>
+    <t>02/12/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
+  </si>
+  <si>
+    <t>p_3517592</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 novembre 2024</t>
+  </si>
+  <si>
+    <t>18/11/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556900/fr/ceesp-reunion-du-19-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556900</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 22 octobre 2024</t>
+  </si>
+  <si>
+    <t>18/10/2024 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492871/fr/ctv-reunion-du-22-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3492871</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 19 novembre 2024</t>
+  </si>
+  <si>
+    <t>18/10/2024 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492873/fr/ctv-reunion-du-19-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3492873</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 21 mai 2024</t>
+  </si>
+  <si>
+    <t>28/05/2024 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492857/fr/ctv-reunion-du-21-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3492857</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 mai 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494695/fr/college-deliberatif-du-12-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3494695</t>
+  </si>
+  <si>
+    <t>CEDiag du 12 décembre 2023</t>
+  </si>
+  <si>
+    <t>22/12/2023 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480329/fr/cediag-du-12-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3480329</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 20 juin 2023</t>
+  </si>
+  <si>
+    <t>16/06/2023 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447449/fr/ceesp-reunion-du-20-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447449</t>
+  </si>
+  <si>
+    <t>CEDiag du 13 juin 2023</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427978/fr/cediag-du-13-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3427978</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 25 avril 2023</t>
+  </si>
+  <si>
+    <t>18/04/2023 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428345/fr/ceesp-reunion-du-25-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3428345</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 Aout 2022</t>
+  </si>
+  <si>
+    <t>02/09/2022 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361371/fr/commission-de-la-transparence-reunion-du-31-aout-2022</t>
+  </si>
+  <si>
+    <t>p_3361371</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 Juin 2022</t>
+  </si>
+  <si>
+    <t>30/06/2022 21:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349576/fr/commission-de-la-transparence-reunion-du-15-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3349576</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>26/04/2022 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333573/fr/ceesp-reunion-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333573</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 26 octobre 2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295302/fr/ceesp-reunion-du-26-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3295302</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 17 février 2021</t>
+  </si>
+  <si>
+    <t>10/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236885/fr/commission-de-la-transparence-reunion-a-distance-du-17-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236885</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 septembre 2020</t>
+  </si>
+  <si>
+    <t>25/09/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203137/fr/college-deliberatif-du-24-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3203137</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 mai 2020</t>
+  </si>
+  <si>
+    <t>28/05/2020 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186208/fr/college-deliberatif-du-28-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3186208</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 mars 2020</t>
+  </si>
+  <si>
+    <t>28/02/2020 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159776/fr/college-deliberatif-du-4-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3159776</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 janvier 2020</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146834/fr/college-deliberatif-du-22-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3146834</t>
+  </si>
+  <si>
+    <t>09/12/2019 14:00:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124310/fr/college-deliberatif-du-11-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3124310</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 27 novembre 2019</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120388/fr/college-deliberatif-du-27-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3120388</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 05 novembre 2019</t>
+  </si>
+  <si>
+    <t>30/10/2019 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116056/fr/ctv-reunion-du-05-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116056</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 23 avril 2019</t>
+  </si>
+  <si>
+    <t>18/04/2019 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964946/fr/ctv-reunion-du-23-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2964946</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 2 octobre  2018</t>
+  </si>
+  <si>
+    <t>02/10/2018 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2874673/fr/ctv-reunion-du-2-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2874673</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 17 avril  2018</t>
+  </si>
+  <si>
+    <t>25/05/2018 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851152/fr/ctv-reunion-du-17-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2851152</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 30 janvier  2018</t>
+  </si>
+  <si>
+    <t>26/01/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823501/fr/ctv-reunion-du-30-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2823501</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 novembre 2010</t>
+  </si>
+  <si>
+    <t>03/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996289/fr/commission-de-la-transparence-reunion-du-3-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_996289</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Accès précoce des médicaments : un bilan positif après deux ans de mise en place du dispositif</t>
+  </si>
+  <si>
+    <t>Les chiffres clés des quatre premières années de mise en œuvre. Les données présentées dans ce rapport couvrent la période du 1er juillet 2021 au 30 juin 2023. L’extraction a été réalisée le 17 juillet 2023.</t>
+  </si>
+  <si>
+    <t>11/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2023 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470178/fr/acces-precoce-des-medicaments-un-bilan-positif-apres-deux-ans-de-mise-en-place-du-dispositif</t>
+  </si>
+  <si>
+    <t>p_3470178</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536496/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3536496</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme – Évaluation de la méthode 3i</t>
+  </si>
+  <si>
+    <t>La HAS a souhaité réévaluer l’efficacité et la sécurité de la méthode 3i chez les enfants ayant un trouble du spectre de l’autisme, à la suite de l’information par l’association Autisme Espoir vers l'école (AEVE) de l’existence de nouvelles études. Ce travail s’inscrit dans la continuité des travaux de la HAS dans le champ des troubles du spectre de l’autisme (TSA), en particulier, la recommandation de bonne pratique publiée en 2012 relative aux interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent.</t>
+  </si>
+  <si>
+    <t>28/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2022 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336481/fr/trouble-du-spectre-de-l-autisme-evaluation-de-la-methode-3i</t>
+  </si>
+  <si>
+    <t>p_3336481</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Évaluation des clusters sociaux qualité de vie au travail dans les établissements sanitaires et médico-sociaux</t>
+  </si>
+  <si>
+    <t>Cette publication relate le cheminement des acteurs dans l’embarquement progressif des établissements dans la démarche. Fruit du travail de chercheurs en sociologie du travail, il propose une analyse conceptuelle qui, sans être pragmatique, apporte des éclairages sur les dynamiques amorcées, les freins, les écueils et les réussites observés.</t>
+  </si>
+  <si>
+    <t>19/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972806/fr/evaluation-des-clusters-sociaux-qualite-de-vie-au-travail-dans-les-etablissements-sanitaires-et-medico-sociaux</t>
+  </si>
+  <si>
+    <t>c_2972806</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Évolution des taux de césariennes à terme en France entre 2011 et 2014 et évaluation de l’impact du programme d’amélioration des pratiques</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2016 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2673968/fr/evolution-des-taux-de-cesariennes-a-terme-en-france-entre-2011-et-2014-et-evaluation-de-l-impact-du-programme-d-amelioration-des-pratiques</t>
+  </si>
+  <si>
+    <t>c_2673968</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du dossier du patient généralisés en SSR - Campagne 2010 - Analyse descriptive des résultats agrégés 2010 et analyse des facteurs associés à la variabilité des résultats - novembre 2011</t>
+  </si>
+  <si>
+    <t>En 2010, la HAS a coordonné la deuxième campagne de généralisation des cinq indicateurs du dossier du patient (qualité de la tenue du dossier patient, délai d’envoi du courrier de fin d’hospitalisation, évaluation de la douleur, dépistage des troubles nutritionnels, évaluation du risque d’escarre) impliquant les établissements ayant une activité de soins de suite et de réadaptation (SSR). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet de porter une première appréciation sur l’évolution des résultats entre 2009 et 2010 pour les établissements de santé SSR, et apporte un premier éclairage sur les facteurs associés permettant d’expliquer le résultat des indicateurs.</t>
+  </si>
+  <si>
+    <t>16/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2011 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148479/fr/indicateurs-de-qualite-du-dossier-du-patient-generalises-en-ssr-campagne-2010-analyse-descriptive-des-resultats-agreges-2010-et-analyse-des-facteurs-associes-a-la-variabilite-des-resultats-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1148479</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la COVID-19 : révision de la place du vaccin NUVAXOVID</t>
+  </si>
+  <si>
+    <t>Le laboratoire NOVAVAX a saisi la HAS le 14 mai 2024 afin que cette dernière ré-évalue la place du vaccin NUVAXOVID dans la stratégie vaccinale contre la COVID-19. Depuis le 15 janvier 2025, le vaccin NUVAXOVID appartient au portefeuille du laboratoire SANOFI WINTHROP INDUSTRIE. Au terme de son évaluation, la HAS considère que le vaccin NUVAXOVID peut être utilisé dans le cadre de son AMM, au même titre que les vaccins à ARNm, dès lors qu’il présente le même niveau d’adaptation aux souches circulantes les plus récentes, en vaccination annuelle pour l’immunisation active afin de prévenir la COVID-19 causée par le virus SARS-CoV-2 chez les personnes âgées de 12 ans et plus, à risque de forme grave, quel que soit leur statut vaccinal</t>
+  </si>
+  <si>
+    <t>05/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2026 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703269/fr/strategie-de-vaccination-contre-la-covid-19-revision-de-la-place-du-vaccin-nuvaxovid</t>
+  </si>
+  <si>
+    <t>p_3703269</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la coqueluche dans le contexte épidémique de 2024. Rappel vaccinal des professionnels au contact des personnes à risque de forme grave</t>
+  </si>
+  <si>
+    <t>Recommandation de rappel vaccinal contre la coqueluche pour les professionnels au contact des nouveau-nés et nourrissons de moins de 6 mois, dans le contexte actuel de résurgence de la coqueluche sur le territoire national avec des hausses importantes et de décès observés depuis début juin 2024</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2024 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531467/fr/strategie-de-vaccination-contre-la-coqueluche-dans-le-contexte-epidemique-de-2024-rappel-vaccinal-des-professionnels-au-contact-des-personnes-a-risque-de-forme-grave</t>
+  </si>
+  <si>
+    <t>p_3531467</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Élargissement des compétences en matière de vaccination des infirmiers, des pharmaciens et des sages-femmes chez les enfants et adolescents de moins de 16 ans</t>
+  </si>
+  <si>
+    <t>En vue de simplifier le parcours vaccinal, de multiplier les opportunités de vaccination et de favoriser ainsi l’augmentation de la couverture vaccinale, la HAS est favorable à une extension des compétences vaccinales des infirmiers, pharmaciens et sages-femmes pour l’ensemble des vaccins inscrits au calendrier vaccinal, pour les enfants et adolescents de moins de 16 ans. Elle précise néanmoins que cet élargissement des compétences ne concerne pas la prescription de vaccins vivants chez des personnes immunodéprimées, qui doit rester une compétence réservée aux seuls médecins, notamment en raison des risques associés et de la complexité des schémas vaccinaux.</t>
+  </si>
+  <si>
+    <t>28/06/2022 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335030/fr/elargissement-des-competences-en-matiere-de-vaccination-des-infirmiers-des-pharmaciens-et-des-sages-femmes-chez-les-enfants-et-adolescents-de-moins-de-16-ans</t>
+  </si>
+  <si>
+    <t>p_3335030</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la coqueluche chez la femme enceinte</t>
+  </si>
+  <si>
+    <t>Pour protéger les nouveau-nés et nourrissons, la HAS recommande de vacciner les femmes pendant la grossesse. Une double protection pendant les premières semaines de vie leur est conférée, grâce au passage transplacentaire d’anticorps anticoquelucheux et en prévenant la contamination directe par la mère qui est la première source d’infection des petits nourrissons.</t>
+  </si>
+  <si>
+    <t>07/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084228/fr/recommandation-vaccinale-contre-la-coqueluche-chez-la-femme-enceinte</t>
+  </si>
+  <si>
+    <t>p_3084228</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place d’un rappel par le vaccin à ARNm COMIRNATY®</t>
+  </si>
+  <si>
+    <t>Le vaccin Comirnaty® a obtenu le 4 octobre 2021 une variation à l’autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il peut être administré en tant que dose de rappel (3ème dose), injectée par voie intramusculaire au moins 6 mois après la seconde dose, chez les personnes âgées de 18 ans et plus. L’actualisation des données les plus récentes conforte les recommandations de la HAS du 23 août 2021, relatives à l’administration d’une dose de rappel pour les personnes de 65 ans et plus, ainsi que pour toutes les personnes présentant des comorbidités augmentant le risque de formes graves et de décès liés à la Covid-19. La situation sanitaire actuelle, dont les indicateurs s’améliorent, et les données encore limitées sur les conséquences d’un déclin de l’efficacité vaccinale au cours du temps chez les adultes jeunes, sans comorbidité, ne permettent pas à ce stade de modifier les recommandations de la HAS quant à la pertinence d’un rappel en population générale. La HAS souligne toutefois que l’administration d’une dose de rappel deviendra probablement nécessaire au cours des mois qui viennent. En revanche, compte tenu du risque accru d’exposition et d’infection au virus du SARS-CoV-2 par rapport à la population générale, la HAS recommande d’étendre l’administration d’une dose de rappel aux professionnels du secteur de la santé et du secteur médico-social, en contact avec les patients et chez les professionnels du transport sanitaire (quel que soit leur mode d’exercice, y compris bénévole, et quel que soit leur âge).</t>
+  </si>
+  <si>
+    <t>13/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290614/fr/strategie-de-vaccination-contre-la-covid-19-place-d-un-rappel-par-le-vaccin-a-arnm-comirnaty</t>
+  </si>
+  <si>
+    <t>p_3290614</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandation relative à la vaccination contre la Covid-19 de l’entourage de certaines populations vulnérables - synthèse des données relatives à l’efficacité des vaccins contre la Covid-19 sur la transmission du SARS-COV-2 au 1er avril 2021</t>
+  </si>
+  <si>
+    <t>À la lumière des nouvelles connaissances, la HAS poursuit l’adaptation de la stratégie vaccinale. Elle recommande d’ouvrir la vaccination de façon prioritaire à l’entourage des personnes immunodéprimées puis aux proches aidants des personnes âgées en perte d’autonomie et des personnes en situation de handicap. Elle appelle par ailleurs au renforcement de la vaccination de l’ensemble des professionnels du secteur de la santé ainsi que du secteur médico-social et des transports sanitaires.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264090/fr/strategie-de-vaccination-contre-le-sars-cov-2-recommandation-relative-a-la-vaccination-contre-la-covid-19-de-l-entourage-de-certaines-populations-vulnerables-synthese-des-donnees-relatives-a-l-efficacite-des-vaccins-contre-la-covid-19-sur-la-transmission-du-sars-cov-2-au-1er-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3264090</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin Covid-19 Janssen</t>
+  </si>
+  <si>
+    <t>Le vaccin Covid-19 Janssen a obtenu le 11 mars 2021 une autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il est indiqué pour l'immunisation active afin de prévenir la Covid-19 causée par le SARS-CoV-2 chez les personnes âgées de 18 ans et plus. La HAS considère, par ailleurs, que le schéma de vaccination à une dose et les conditions de conservation de ce vaccin le rendent particulièrement adapté pour les publics les plus éloignés du système de santé, les personnes en situation de précarité économique et sociale, et les personnes en situation de handicap ou éprouvant des difficultés pour se déplacer.</t>
+  </si>
+  <si>
+    <t>12/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2021 20:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242795/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-covid-19-janssen</t>
+  </si>
+  <si>
+    <t>p_3242795</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 – Place du vaccin à ARNm COMIRNATY® (BNT162b2)</t>
+  </si>
+  <si>
+    <t>[Mise à jour du 26/02/2021] Le vaccin COMIRNATY (BNT162b2) à ARNm de SARS-CoV-2 développé par les firmes BioNTech et Pfizer est le premier vaccin contre la Covid-19 à obtenir une autorisation de mise sur le marché conditionnelle en Europe. Dans la continuité des travaux déjà menés sur la stratégie de vaccination contre le SARS-CoV-2, et à la demande du ministère chargé de la Santé, la HAS en s’appuyant sur la commission technique des vaccinations, actualise aujourd’hui ses recommandations sur la stratégie de vaccination contre la Covid-19 et détermine la place du vaccin COMIRNATY (BNT162b2) dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>23/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2020 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227132/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-comirnaty-bnt162b2</t>
+  </si>
+  <si>
+    <t>p_3227132</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3225990</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la COVID 19 - Anticipation des scénarios possibles de vaccination et recommandations préliminaires sur les populations cibles</t>
+  </si>
+  <si>
+    <t>Le contexte de développement clinique accéléré des candidats vaccins contre le SARS-CoV-2 implique que la HAS travaille en avance de phase pour définir la stratégie la plus adaptée à la situation française qui encadrera l’utilisation des vaccins dès l’arrivée des premiers vaccins sur le marché en tenant compte de la disponibilité des doses. Dans une perspective d’aide à la décision publique, la HAS anticipe les scénarios possibles de vaccination en France et formule des recommandations préliminaires sur les populations considérées comme prioritaires pour la vaccination dans un contexte de production de connaissances très évolutives et de fortes incertitudes tant sur l’évolution de l’épidémie que sur les caractéristiques des vaccins en cours de développement.</t>
+  </si>
+  <si>
+    <t>23/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2020 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197106/fr/strategie-de-vaccination-contre-la-covid-19-anticipation-des-scenarios-possibles-de-vaccination-et-recommandations-preliminaires-sur-les-populations-cibles</t>
+  </si>
+  <si>
+    <t>p_3197106</t>
+  </si>
+  <si>
+    <t>Rattrapage vaccinal en situation de statut vaccinal incomplet, inconnu, ou incomplètement connu - En population générale et chez les migrants primo-arrivants</t>
+  </si>
+  <si>
+    <t>Objectifs des recommandations : Préciser les modalités pratiques du rattrapage vaccinal ainsi que la place de sérologies dans ces circonstances. Préciser les changements structurels et les moyens nécessaires pour favoriser la mise en œuvre du rattrapage vaccinal afin de faire progresser la couverture vaccinale de la population sur le territoire français et de réduire le risque épidémique.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867210/fr/rattrapage-vaccinal-en-situation-de-statut-vaccinal-incomplet-inconnu-ou-incompletement-connu-en-population-generale-et-chez-les-migrants-primo-arrivants</t>
+  </si>
+  <si>
+    <t>c_2867210</t>
+  </si>
+  <si>
+    <t>Place du vaccin Dengvaxia® dans la stratégie de lutte contre la dengue dans les départements français d'Outre-mer- Mayotte et territoires français d’Amérique</t>
+  </si>
+  <si>
+    <t>Le rapport concerne la place du vaccin Dengvaxia® dans la stratégie de lutte contre la dengue dans les territoires français d’Amérique et à Mayotte.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912616/fr/place-du-vaccin-dengvaxia-dans-la-strategie-de-lutte-contre-la-dengue-dans-les-departements-francais-d-outre-mer-mayotte-et-territoires-francais-d-amerique</t>
+  </si>
+  <si>
+    <t>c_2912616</t>
+  </si>
+  <si>
+    <t>Co-administration de vaccins dans le cadre de la campagne de rattrapage vaccinal à Mayotte chez les enfants de 0 à 6 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte de couverture vaccinale insuffisante pour certains vaccins et dans le cadre d’une campagne de rattrapage à Mayotte chez les enfants de 0 à 6 ans, la HAS considère que le vaccin hexavalent, le vaccin pneumococique conjugué et le vaccin trivalent ROR peuvent être administrés au cours d’une même séance chez les enfants de 0 à 6 ans.</t>
+  </si>
+  <si>
+    <t>07/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2018 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848170/fr/co-administration-de-vaccins-dans-le-cadre-de-la-campagne-de-rattrapage-vaccinal-a-mayotte-chez-les-enfants-de-0-a-6-ans</t>
+  </si>
+  <si>
+    <t>c_2848170</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Professionnels : décision partagée sur la reconstruction mammaire</t>
+  </si>
+  <si>
+    <t>Chirurgien, infirmier, oncologue, psychologue, assistant de service social... Découvrez des outils pour accompagner votre patiente dans sa réflexion et prendre ensemble une décision.</t>
+  </si>
+  <si>
+    <t>29/03/2023 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385847/fr/professionnels-decision-partagee-sur-la-reconstruction-mammaire</t>
+  </si>
+  <si>
+    <t>p_3385847</t>
+  </si>
+  <si>
+    <t>Mesure de la récupération de 5 complications post-opératoires</t>
+  </si>
+  <si>
+    <t>La « mesure de la récupération de 5 complications post-opératoires chez des patients hospitalisés » permet d'appréhender la capacité des systèmes hospitaliers à récupérer les complications en les identifiant le plus tôt possible après leur survenue (barrières de récupération) lorsque celles-ci n’ont pas pu être évitées (barrières de prévention), et en assurant leur prise en charge la plus efficace possible pour ne pas qu’elles aboutissent au décès des patients concernés (barrière d’atténuation).</t>
+  </si>
+  <si>
+    <t>28/01/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232640/fr/mesure-de-la-recuperation-de-5-complications-post-operatoires</t>
+  </si>
+  <si>
+    <t>p_3232640</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Chirurgie des lésions mammaires : prise en charge de première intention</t>
+  </si>
+  <si>
+    <t>17/10/2006 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447405/fr/chirurgie-des-lesions-mammaires-prise-en-charge-de-premiere-intention</t>
+  </si>
+  <si>
+    <t>c_447405</t>
+  </si>
+  <si>
+    <t>Dossier du patient</t>
+  </si>
+  <si>
+    <t>26/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438115/fr/dossier-du-patient</t>
+  </si>
+  <si>
+    <t>c_438115</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/17/2024 11:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>La notification au(x) partenaire(s)</t>
+  </si>
+  <si>
+    <t>Suite à la publication par le Conseil national du sida et des hépatites virales (CNS) d’un avis suivi de recommandations sur la notification aux partenaires (NP) en février 2018, la Direction générale de la santé (DGS) a demandé à la HAS d’élaborer des recommandations pour préciser les objectifs et les conditions de réalisation de l’accompagnement à la NP. Cette demande s’inscrit également dans la Stratégie nationale de santé sexuelle 2017-2030.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
+  </si>
+  <si>
+    <t>p_3187510</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère par la technique de quantification des TRECs en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit immunitaire combiné sévère (DICS) est un groupe de maladies génétiques rares mais graves : sans traitement, la plupart des enfants atteints décèdent d’infections dans la première année de vie. Le dépistage du DICS à la naissance permettrait de réduire l’errance diagnostique des enfants atteints, de poser un diagnostic précoce et de mettre en place au plus vite une prise en charge appropriée. A l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le dépistage du DICS dans le programme national de dépistage néonatal, sous la condition d’une évaluation obligatoire à cinq ans et d’évaluations intermédiaires régulières.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312418/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-par-la-technique-de-quantification-des-trecs-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3312418</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+    <t>Revue critique de la littérature sur la performance de la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein - Volet 1</t>
+  </si>
+  <si>
+    <t>Ce volet-1 est une étape préliminaire à l’évaluation de la pertinence, faisabilité, sécurité, efficience de l’intégration possible de la tomosynthèse dans le D.O. L’évaluation de la performance ne peut à elle seule suffire pour décider de modifier la procédure de dépistage du cancer du sein. Elle doit être complétée par une évaluation comparative au D.O. et montrer sa supériorité en termes de coût/efficacité, de performance, de sécurité, de faisabilité et de qualité.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849735/fr/revue-critique-de-la-litterature-sur-la-performance-de-la-mammographie-par-tomosynthese-dans-le-depistage-organise-du-cancer-du-sein-volet-1</t>
+  </si>
+  <si>
+    <t>c_2849735</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
+  </si>
+  <si>
+    <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+    <t>Recommandation vaccinale chez les personnes dont le statut vaccinal est inconnu ou incomplètement connu en population générale et en populations particulières - Feuille de route</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) publie une feuille de route visant à l’élaboration d’une recommandation vaccinale pour définir la conduite à tenir vis-à-vis du rattrapage des vaccinations des personnes dont le statut vaccinal est inconnu ou incomplètement connu en population générale et en populations particulières incluant notamment une analyse du bien-fondé de l’usage des sérologies, l’identification des publics susceptibles d’en bénéficier et les acteurs compétents. La HAS et la Société de pathologie infectieuse de langue française (SPILF) s’associent pour l’élaboration d’une recommandation conjointe sur le rattrapage des vaccinations chez les personnes migrantes.</t>
+  </si>
+  <si>
+    <t>17/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2018 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860345/fr/recommandation-vaccinale-chez-les-personnes-dont-le-statut-vaccinal-est-inconnu-ou-incompletement-connu-en-population-generale-et-en-populations-particulieres-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_2860345</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage de l’infection à VIH en France</t>
+  </si>
+  <si>
+    <t>Le dépistage de l’infection à VIH est un élément clé du contrôle de l’épidémie qui s’intègre dans une démarche préventive globale. Il doit être orienté vers des populations prioritaires, définies en fonction des données épidémiologiques, et s’appuyer sur les outils de prévention et de traitement efficaces, les différents types de tests de dépistage disponibles et les multiples acteurs présents sur le territoire.</t>
+  </si>
+  <si>
+    <t>04/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2017 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024411/fr/reevaluation-de-la-strategie-de-depistage-de-l-infection-a-vih-en-france</t>
+  </si>
+  <si>
+    <t>c_2024411</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite B</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite B. Elle définit les conditions essentielles à la mise en œuvre d’un dépistage combiné par TROD VIH, VHC et VHB et formule des préconisations pour augmenter l’efficience du dispositif de dépistage par TROD, notamment en milieu médico-social et associatif.</t>
+  </si>
+  <si>
+    <t>06/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_2063232</t>
   </si>
   <si>
-    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Autotests de dépistage du VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une liste de questions et réponses pratiques pour accompagner les utilisateurs potentiels d’autotests de dépistage du VIH dans leur démarche de dépistage.</t>
+  </si>
+  <si>
+    <t>11/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768844/fr/autotests-de-depistage-du-vih</t>
+  </si>
+  <si>
+    <t>c_1768844</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Actualisation de la revue de la littérature d’une recommandation en santé publique sur la « Détection précoce du mélanome cutané »</t>
+  </si>
+  <si>
+    <t>La HAS et l’INCa se sont associés dans un travail d’actualisation de la littérature faisant suite au rapport HAS 2006 sur la Détection précoce du mélanome cutané et des enquêtes de pratique auprès des professionnels de santé afin de redéfinir les facteurs de risque de mélanome cutané et le parcours de soins optimal pour la détection précoce de ce cancer cutané.</t>
+  </si>
+  <si>
+    <t>25/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354947/fr/actualisation-de-la-revue-de-la-litterature-d-une-recommandation-en-sante-publique-sur-la-detection-precoce-du-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_1354947</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Place des tests immunologiques de recherche de sang occulte dans les selles (iFOBT) dans le programme de dépistage organisé du cancer colorectal en France</t>
+  </si>
+  <si>
+    <t>Le programme de dépistage organisé du cancer colorectal est en cours de généralisation en France en 2008. Il concerne les individus âgés de 50 à 74 ans n’ayant pas de facteur de risque. Il se fonde sur un test au gaïac type Hemoccult® (gFOBT) qui permet de rechercher du sang occulte dans les selles. Ensuite, une coloscopie totale est proposée aux individus dépistés positifs pour rechercher un cancer ou un polype (généralement résécable au cours de la coloscopie). Récemment, de nouvelles méthodes de dépistage, les tests immunologiques (iFOBT), ont été développées et des études sur leur performance à détecter les cancers colorectaux et les adénomes suggèrent que le remplacement du test au gaïac (gFOBT) par un test immunologique pourrait améliorer les résultats du programme de dépistage. Dans ce contexte la HAS a décidé de produire un rapport d’orientation concernant la place de ces iFOBT dans le programme de dépistage organisé du cancer colorectal en France. Trois objectifs sont poursuivis dans ce rapport : faire la synthèse critique des données d’évaluation disponibles ; identifier, le cas échéant, les données de recherche évaluative manquantes qui permettraient, si elles étaient favorables, de substituer ces tests au test au gaïac ; envisager les conséquences organisationnelles d’un éventuel changement de test de dépistage.</t>
+  </si>
+  <si>
+    <t>24/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2008 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727080/fr/place-des-tests-immunologiques-de-recherche-de-sang-occulte-dans-les-selles-ifobt-dans-le-programme-de-depistage-organise-du-cancer-colorectal-en-france</t>
+  </si>
+  <si>
+    <t>c_727080</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+    <t>Stratégie de diagnostic précoce du mélanome</t>
+  </si>
+  <si>
+    <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
+  </si>
+  <si>
+    <t>03/11/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2006 19:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_452354</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>L'exercice des visites en présence d'un tiers en assistance éducative</t>
+  </si>
+  <si>
+    <t>En France, la mesure de VPT vise à protéger l’enfant lors de ses rencontres avec ses parents, à évaluer la qualité de la relation parent-enfant et à accompagner cette relation, dans le court terme comme dans le long terme (le cas échéant).</t>
+  </si>
+  <si>
+    <t>09/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2026 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3548685/fr/l-exercice-des-visites-en-presence-d-un-tiers-en-assistance-educative</t>
+  </si>
+  <si>
+    <t>p_3548685</t>
+  </si>
+  <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
   </si>
   <si>
     <t>p_3643610</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Normal childbirth: support of physiology and medical interventions</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+    <t>Diagnostic et prise en charge des patients adultes avec un syndrome post-réanimation (PICS) et de leur entourage</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à risque de PICS Diagnostiquer ces patients Prendre en charge précocement et à long terme les PICS Améliorer les parcours de soins Élaborer des documents à destination du patient, de sa famille ou son entourage afin de les alerter sur ce syndrome post-réanimation et de les accompagner dans sa prise en charge par une orientation vers des professionnels de santé formés à ce syndrome.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
   </si>
   <si>
     <t>p_3312530</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Syndrome du bébé secoué (SBS) / Traumatisme crânien non accidentel par secouement (TCNA) - Note de cadrage</t>
+  </si>
+  <si>
+    <t>26/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2023 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433199/fr/syndrome-du-bebe-secoue-sbs-/-traumatisme-cranien-non-accidentel-par-secouement-tcna-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3433199</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Rééducation et réadaptation de la fonction motrice de l’appareil locomoteur des personnes diagnostiquées de paralysie cérébrale</t>
+  </si>
+  <si>
+    <t>La plupart des personnes diagnostiquées de paralysie cérébrale présentent des troubles de la fonction motrice qui nécessitent un programme de rééducation et réadaptation adapté et suivi. Les recommandations de la HAS abordent les indications et la pertinence des activités de rééducation et de réadaptation de la fonction motrice de l'appareil locomoteur en fonction des déficiences, des limitations d’activité et des restrictions de participation. Elles apportent un éclairage sur les orientations et modalités de ces activités de rééducation et de réadaptation de l'appareil locomoteur ainsi que sur les objectifs et résultats attendus de ces prises en charge.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166294/fr/reeducation-et-readaptation-de-la-fonction-motrice-de-l-appareil-locomoteur-des-personnes-diagnostiquees-de-paralysie-cerebrale</t>
+  </si>
+  <si>
+    <t>p_3166294</t>
+  </si>
+  <si>
+    <t>Améliorer l’accompagnement des enfants à la sortie des dispositifs de protection de l’enfance : le retour en famille</t>
+  </si>
+  <si>
+    <t>Les mesures de protection de l’enfance sont par nature temporaires. Si les conditions de sécurité et de développement de l’enfant sont réunies, la décision d’un retour de l’enfant au domicile des parents s’impose. La HAS propose aux professionnels une démarche méthodologique et pratique pour accompagner le retour en famille des enfants.</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082358/fr/ameliorer-l-accompagnement-des-enfants-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-le-retour-en-famille</t>
+  </si>
+  <si>
+    <t>p_3082358</t>
+  </si>
+  <si>
+    <t>Lits halte soins santé (Lhss), Lits d’accueil médicalisés (Lam) et Appartements de coordination thérapeutique (Act) : l’accompagnement des personnes et la continuité des parcours</t>
+  </si>
+  <si>
+    <t>La recommandation propose aux professionnels des principes, postures et techniques d’accompagnement soutenant l’autodétermination de la personne dans la définition et la mise en œuvre de son projet : bienveillance, non-jugement, respect de sa temporalité, recherche de son consentement éclairé, adoption d’une communication claire et adaptée, prise en compte de ses priorités et ressources. Elle propose également des éléments d’organisation permettant et facilitant la délivrance d’un accompagnement au plus près des besoins des personnes ...</t>
+  </si>
+  <si>
+    <t>08/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2021 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229978/fr/lits-halte-soins-sante-lhss-lits-d-accueil-medicalises-lam-et-appartements-de-coordination-therapeutique-act-l-accompagnement-des-personnes-et-la-continuite-des-parcours</t>
+  </si>
+  <si>
+    <t>p_3229978</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>L’accompagnement des jeunes en situation de handicap par les services d’éducation spéciale et de soins à domicile (Sessad)</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l’ensemble des services d’accompagnement (Sessad, Safep, Ssefis, Saaais, Ssad), quelle que soit leur spécialisation par type de handicap et/ou par âge et qu’ils soient autonomes ou non.</t>
+  </si>
+  <si>
+    <t>09/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2015 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835488/fr/l-accompagnement-des-jeunes-en-situation-de-handicap-par-les-services-d-education-speciale-et-de-soins-a-domicile-sessad</t>
+  </si>
+  <si>
+    <t>c_2835488</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées en Ehpad</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont destinées à l’ensemble des professionnels exerçant dans les Ehpad, et utiles aux établissements hébergeant des personnes handicapées vieillissantes. Elles leurs fournissent des repères pour mieux garantir le respect des droits des personnes en fin de vie et leur apporter des réponses adaptées, tout en soutenant les proches (y compris les autres résidents) et l’ensemble des professionnels et bénévoles de l’Ehpad. Avant d’être mises en œuvre, nombre d’entre elles nécessitent de la part de l’équipe d’organiser une réflexion éthique préalable.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2017 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833689/fr/accompagner-la-fin-de-vie-des-personnes-agees-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833689</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Fetal alcohol spectrum disorder : identification</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Repérage et signalement de l'inceste par les médecins : reconnaître les maltraitances sexuelles intrafamiliales chez le mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur l’inceste, soit les maltraitances sexuelles envers un mineur, au sein de sa « famille », telles que définies par la loi du 8 février 2010. Ce choix est guidé par le contexte particulier (poids du secret, retentissement psychologique important, ..) dans lequel ont lieu ces agressions. Elles ont été élaborées à la demande de la Direction générale de la santé dans la continuité des travaux déjà engagés sur les violences interpersonnelles et de leur impact sur la santé.</t>
+  </si>
+  <si>
+    <t>01/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067136/fr/reperage-et-signalement-de-l-inceste-par-les-medecins-reconnaitre-les-maltraitances-sexuelles-intrafamiliales-chez-le-mineur</t>
+  </si>
+  <si>
+    <t>c_1067136</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Screening for hepatitis C</t>
-[...5 lines deleted...]
-    <t>01/18/2001 00:00:00</t>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Dépistage de l’hépatite C - Populations à dépister et modalités du dépistage - Recommandations du comité d’experts réuni par l’ANAES</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les populations à dépister et les modalités du dépistage de l'hépatite C.</t>
+  </si>
+  <si>
+    <t>18/01/2001 00:00:00</t>
   </si>
   <si>
     <t>01/01/2001 16:50:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+    <t>https://www.has-sante.fr/jcms/c_271987/fr/depistage-de-l-hepatite-c-populations-a-depister-et-modalites-du-depistage-recommandations-du-comite-d-experts-reuni-par-l-anaes</t>
   </si>
   <si>
     <t>c_271987</t>
   </si>
   <si>
-    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
-[...2 lines deleted...]
-    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>11/01/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Indications à visée diagnostique de l'endoscopie digestive haute en pathologie œso-gastro-duodénale de l'adulte, à l'exclusion de l'échoendoscopie et l'entéroscopie</t>
+  </si>
+  <si>
+    <t>L'objectif de la recommandation professionnelle est de répondre aux questions suivantes :# 1. Devant quel signe clinique et/ou biologique peut-on proposer une exploration morphologique œso-gastro-duodénale, et laquelle ?# 2. Quelles sont les indications d'endoscopie digestive haute pour le diagnostic et le suivi du reflux gastro-œsophagien, de la maladie ulcéreuse et de l'hypertension portale hors hémorragie ?# 3. Quelles sont les indications des biopsies duodénales ?#</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
   </si>
   <si>
     <t>c_272101</t>
   </si>
   <si>
-    <t>Diagnosis and treatment of benign prostatic hyperplasia</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de l’hypertrophie bénigne de la prostate</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent le diagnostic et la prise en charge thérapeutique de l'hypertrophie bénigne de la prostate (HBP) non compliquée chez l'homme de plus de 50 ans. Elles n'abordent pas les stratégies de diagnostic différentiel en cas de troubles urinaires du bas appareil.</t>
+  </si>
+  <si>
+    <t>01/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
   </si>
   <si>
     <t>c_272237</t>
   </si>
   <si>
-    <t>Vaccination against the hepatitis B virus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral – Aspects paramédicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge paramédicale des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée.</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272250/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-paramedicaux</t>
+  </si>
+  <si>
+    <t>c_272250</t>
+  </si>
+  <si>
+    <t>Vaccination contre le virus de l’hépatite B</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
+  </si>
+  <si>
+    <t>02/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_272257</t>
   </si>
   <si>
-    <t>Indications for liver transplantation (19-20 January 2005)</t>
-[...5 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Prise en charge des épilepsies partielles pharmaco-résistantes</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Qu’est-ce qu’une épilepsie partielle pharmaco-résistante ? Comment conduire le bilan d’une épilepsie partielle pharmaco-résistante ? Quels sont les critères d’éligibilité à un traitement chirurgical ? Quelle prise en charge médicale et médico-sociale pour les épilepsies partielles pharmaco-résistantes ? Comment informer et éduquer les patients atteints d’épilepsie partielle pharmaco-résistante ? Comment évaluer leur qualité de vie ? Quelle organisation de soins proposer pour améliorer la qualité de leur prise en charge ? De quelles données médico-économiques dispose-t-on ?</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272300/fr/prise-en-charge-des-epilepsies-partielles-pharmaco-resistantes</t>
+  </si>
+  <si>
+    <t>c_272300</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et le retour au domicile d’une personne adulte handicapée sur le plan moteur ou neuropsychologique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Qu’est-ce qu’un projet de sortie ? Comment définir de façon personnalisée le projet de sortie ? Selon les données actuelles, quelle organisation pour la mise en œuvre pratique et la réalisation du projet de sortie individualisé, dans le contexte de la vie de la personne handicapée ? Face aux obstacles, aux facteurs limitants et aux attentes réciproques de tous les acteurs (de l’hôpital et du lieu de vie) concernés par la réalisation pratique de la sortie de l’hôpital et du retour à domicile, quelles propositions ? Comment évaluer le service rendu ?</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272386/fr/sortie-du-monde-hospitalier-et-le-retour-au-domicile-d-une-personne-adulte-handicapee-sur-le-plan-moteur-ou-neuropsychologique</t>
+  </si>
+  <si>
+    <t>c_272386</t>
+  </si>
+  <si>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
+  </si>
+  <si>
+    <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
+  </si>
+  <si>
+    <t>c_272435</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Faciliter l’engagement des usagers :  la HAS publie sa première recommandation</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une première recommandation visant à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Cette recommandation - qui propose un socle de connaissances - sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202458/fr/faciliter-l-engagement-des-usagers-la-has-publie-sa-premiere-recommandation</t>
+  </si>
+  <si>
+    <t>p_3202458</t>
+  </si>
+  <si>
+    <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
+  </si>
+  <si>
+    <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
+  </si>
+  <si>
+    <t>19/06/2019 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
+  </si>
+  <si>
+    <t>p_3058311</t>
+  </si>
+  <si>
+    <t>Autotests VIH : un document d’information pour accompagner leur utilisation</t>
+  </si>
+  <si>
+    <t>Malgré la diversité des dispositifs actuels de dépistage du VIH, 20% des personnes infectées ignorent encore leur séropositivité et près de 30% la découvrent à un stade avancé de la maladie. L’arrivée prochaine d’autotests complètera l’offre de dépistage et permettra peut-être d’augmenter le nombre de personnes traitées à un stade précoce. Afin d’accompagner l’utilisation de ces tests, la HAS met à disposition des professionnels de santé et des associations un document d’information pour les aider à répondre aux utilisateurs potentiels.</t>
+  </si>
+  <si>
+    <t>15/04/2015 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026839/fr/autotests-vih-un-document-d-information-pour-accompagner-leur-utilisation</t>
+  </si>
+  <si>
+    <t>c_2026839</t>
+  </si>
+  <si>
+    <t>Pertinence des soins : une dynamique prometteuse sur les césariennes programmées à terme</t>
+  </si>
+  <si>
+    <t>De nombreux soins sont « non pertinents », c’est-à-dire qu’ils sont parfois effectués sans être pour autant adaptés aux besoins de santé des patients. Or, on constate une grande hétérogénéité des pratiques sur le territoire, entre régions ou au sein d’une même région.</t>
+  </si>
+  <si>
+    <t>13/11/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775229/fr/pertinence-des-soins-une-dynamique-prometteuse-sur-les-cesariennes-programmees-a-terme</t>
+  </si>
+  <si>
+    <t>c_1775229</t>
+  </si>
+  <si>
+    <t>Actions et propositions de la HAS pour la qualité et la sécurité des soins et pour la pérennité du système de santé</t>
+  </si>
+  <si>
+    <t>Depuis un an, la HAS a engagé l’ensemble de ses services dans des chantiers afin d’affirmer sa place dans la régulation par la qualité et l’efficience : avis d’efficience sur les médicaments et dispositifs médicaux les plus innovants, renforcement des critères d’évaluation des établissements de santé et des pratiques médicales et déploiement de parcours de soins ou de programmes d’appui aux équipes sur la gestion des risques. Tous ces chantiers doivent contribuer à la soutenabilité du système de santé. Dans cette optique, la HAS apporte sa contribution aux évolutions de ce système en émettant un avis sur le projet de loi de santé. Elle propose aux pouvoirs publics des amendements et des propositions sur les enjeux et évolutions qu’elle juge primordiaux.</t>
+  </si>
+  <si>
+    <t>29/09/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765072/fr/actions-et-propositions-de-la-has-pour-la-qualite-et-la-securite-des-soins-et-pour-la-perennite-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_1765072</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux de pression positive continue (PPC) et prestations associées dans la prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) : Révision de catégories homogènes de dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>L’enjeu de cette réévaluation consiste à adapter au regard des données cliniques disponibles, les conditions de prise en charge des dispositifs de PPC et des prestations associées et de mettre en place une nomenclature permettant de dissocier les dispositifs de PPC et les prestations qui leurs sont associées</t>
+  </si>
+  <si>
+    <t>03/03/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2026 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597587/fr/dispositifs-medicaux-de-pression-positive-continue-ppc-et-prestations-associees-dans-la-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3597587</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
-    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de gestion des risques des actes à visée esthétique (hors actes chirurgicaux) – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Élaboration d’un guide méthodologique de gestion des risques appliqué aux actes à visée esthétique non chirurgicaux, en réponse aux évolutions du secteur et aux besoins de régulation</t>
+  </si>
+  <si>
+    <t>14/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2025 10:58:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607306/fr/guide-methodologique-de-gestion-des-risques-des-actes-a-visee-esthetique-hors-actes-chirurgicaux-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3607306</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2025 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356494/fr/diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses-rapport-d-evaluation-actualisation-d-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3356494</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
+  </si>
+  <si>
+    <t>Programme pluriannuel d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, en vue de leurs remboursement</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536492/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn-programme-des-evaluations-des-actes-de-sequencage-haut-debit-cible</t>
+  </si>
+  <si>
+    <t>p_3536492</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole d’évaluation du dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530129/fr/dosage-serique-des-chaines-legeres-libres-kappa-et-lambda-dans-les-gammapathies-monoclonales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530129</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
+  </si>
+  <si>
+    <t>01/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444489</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilisation de l’échoscopie (ou échographie clinique ciblée) par le médecin généraliste</t>
+  </si>
+  <si>
+    <t>La CNAM a saisi la HAS en vue d'évaluer la pratique de l’échoscopie ou échographie clinique ciblée (ECC) réalisée au décours de l’examen clinique du médecin généraliste. Au regard des éléments disponibles, la HAS estime que les données issues de la littérature ne permettent pas aujourd’hui d’identifier les situations cliniques pour lesquelles l’utilisation de l’ECC apporterait une valeur ajoutée à l’examen clinique standard en médecine générale.</t>
+  </si>
+  <si>
+    <t>07/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2022 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357680/fr/evaluation-de-l-utilisation-de-l-echoscopie-ou-echographie-clinique-ciblee-par-le-medecin-generaliste</t>
+  </si>
+  <si>
+    <t>p_3357680</t>
+  </si>
+  <si>
+    <t>Évaluation des tests antigéniques salivaires pour la détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Evaluer les performances diagnostiques des tests antigéniques rapides (TROD/TRD) sur prélèvement salivaire dans la stratégie de détection précoce du virus SARS-CoV-2 réalisée par autotest ou sous la supervision d’un professionnel chez des individus cas-contacts ou en situation de dépistage, en particulier chez l’enfant de moins de 12 ans et en population générale.</t>
+  </si>
+  <si>
+    <t>17/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318231/fr/evaluation-des-tests-antigeniques-salivaires-pour-la-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3318231</t>
+  </si>
+  <si>
+    <t>Évaluation de la compatibilité IRM des dispositifs médicaux implantables par la CNEDiMTS</t>
+  </si>
+  <si>
+    <t>L’imagerie par résonance magnétique (IRM), examen d’imagerie médicale de référence dans de nombreuses pathologies, est en constante augmentation ces dernières années et de nombreuses avancées technologiques permettent d’améliorer cette technique. Afin de s’adapter à ces innovations, les dispositifs médicaux implantables (DMI) doivent faire évoluer leurs caractéristiques de compatibilité à un examen par IRM. Dans un objectif de clarification de ses attentes sur l’évaluation de la compatibilité IRM des DMI dans les dossiers déposés, la HAS s’est saisie de cette problématique afin de mieux prendre en compte la compatibilité IRM dans son évaluation des DMI.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/fr/evaluation-de-la-compatibilite-irm-des-dispositifs-medicaux-implantables-par-la-cnedimts</t>
   </si>
   <si>
     <t>p_3264825</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Évaluation de l’intérêt diagnostique des tests RT-LAMP réalisés sur système intégré et prélèvement salivaire pour détecter les sujets infectés par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Dans ses précédents avis du 27 novembre 2020 et du 22 janvier 2021 la Haute Autorité de santé a donné un avis favorable au remboursement de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisables. Comme tous les avis et recommandations de la HAS pendant la crise sanitaire, cet avis était susceptible d’être revu en fonction de l’évolution des connaissances ou des alertes scientifiques, en l’occurrence sur les solutions technologiques utilisées (RT-LAMP intégrée). Depuis, de nouvelles données de performances ont été produites pour différents tests RT-LAMP intégrés sur prélèvement salivaire permettant de se positionner de manière plus globale sur l’ensemble de ces techniques rapides (sans extraction d’acides nucléiques). Dans ses précédents avis du 27 novembre 2020 et du 22 janvier 2021 la Haute Autorité de santé a donné un avis favorable au remboursement de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisables. Comme tous les avis et recommandations de la HAS, pendant la crise sanitaire, cet avis était susceptible d’être revu en fonction de l’évolution des connaissances ou des alertes scientifiques, en l’occurrence sur les solutions technologiques utilisées (RT-LAMP intégrée). Depuis, de nouvelles données de performances ont été produites pour différents tests RT-LAMP intégrés sur prélèvement salivaire permettant de se positionner de manière plus globale sur l’ensemble de ces techniques rapides (sans extraction d’acides nucléiques).</t>
+  </si>
+  <si>
+    <t>26/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280186/fr/evaluation-de-l-interet-diagnostique-des-tests-rt-lamp-realises-sur-systeme-integre-et-prelevement-salivaire-pour-detecter-les-sujets-infectes-par-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3280186</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests antigéniques automatisés de détection du SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le Collège de la Haute Autorité de santé a rendu trois avis le 24 septembre 2020, le 8 octobre 2020 et le 27 novembre 2020 portant sur la place de tests antigéniques rapides chez les patients symptomatiques, les personnes asymptomatiques et les personnes-contact asymptomatiques. Les tests concernés par cet avis étaient des tests rapides (15 à 30 minutes) de type tests unitaires rapides (c’est-à-dire des tests de diagnostic rapide (TDR) réalisables par les laboratoires de biologie médicale) et des tests rapides d’orientation diagnostic (TROD), réalisables et interprétables par d’autres opérateurs. La présente revue rapide concerne un autre type de tests antigéniques, les tests automatisés tels les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (tests CLIA ) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests sont uniquement réalisés en laboratoire de biologie médicale. La détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Néanmoins, comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques automatisés sur prélèvement nasopharyngé serait de permettre à la fois une réduction du coût des tests, une réduction du temps d’analyse, et une augmentation des capacités d’analyse (plus de tests réalisés en même temps). Comparativement aux tests rapides d’orientation diagnostic (TROD), les tests antigéniques automatisés pourraient être plus sensibles. La HAS a donc évalué l’intérêt des tests antigéniques automatisés sur prélèvement nasopharyngé dans trois populations : chez les patients symptomatiques, chez les personnes cas-contact asymptomatiques et chez les personnes asymptomatiques en situation de dépistage.</t>
+  </si>
+  <si>
+    <t>08/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261383/fr/revue-rapide-sur-les-tests-antigeniques-automatises-de-detection-du-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261383</t>
+  </si>
+  <si>
+    <t>Extension de l’utilisation des tests rapides de détection antigéniques du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les personnes contacts</t>
+  </si>
+  <si>
+    <t>La HAS a précédemment rendu des avis favorables quant à l’utilisation des tests rapides de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les patients symptomatiques (jusqu’à 4 jours inclus après apparition des symptômes) et chez les personnes asymptomatiques dans le cadre d’opération de dépistage ciblé à large échelle. Comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques rapides est d’accélérer et de faciliter la réalisation du test et son rendu de résultats afin notamment de réduire les risques de transmission virale. De nouvelles publications font état à ce jour de nouvelles données sur l’utilisation de tests antigéniques chez des sujets des personnes-contacts des cas confirmés. Cette utilisation serait intéressante dans des logiques d’accélération du contact-tracing ou de dépistage.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261090/fr/extension-de-l-utilisation-des-tests-rapides-de-detection-antigeniques-du-virus-sars-cov-2-sur-prelevement-nasopharynge-chez-les-personnes-contacts</t>
+  </si>
+  <si>
+    <t>p_3261090</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-PCR SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS a évalué l’intérêt de la RT-PCR sur un prélèvement alternatif : le prélèvement salivaire, ce dernier étant non invasif. Elle a notamment pris en compte les résultats intermédiaires de l’étude clinique COVISAL, réalisée dans le cadre d’un forfait innovation ayant reçu un avis favorable de la HAS le 07 août 2020.</t>
+  </si>
+  <si>
+    <t>18/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222428/fr/revue-rapide-sur-les-tests-rt-pcr-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3222428</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-LAMP sur prélèvement salivaire (hors système intégré de type EasyCoV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. Les données disponibles n’avait pas alors permis de se prononcer sur la technique RT-LAMP sur prélèvement salivaire. Toutefois, compte tenu de la présence de nouvelles données, la HAS a évalué l’intérêt de la RT-LAMP sur prélèvement salivaire chez les patients symptomatiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222440/fr/revue-rapide-sur-les-tests-rt-lamp-sur-prelevement-salivaire-hors-systeme-integre-de-type-easycov</t>
+  </si>
+  <si>
+    <t>p_3222440</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Revue rapide sur les tests de détection antigénique du virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La stratégie de lutte contre la COVID-19 repose aujourd’hui sur la réalisation massive de tests virologiques RT-PCR sur prélèvement nasopharyngé, pour les personnes symptomatiques et leurs contacts, ainsi que, plus largement en population générale, afin de détecter et rompre les chaines de transmission. L'évolution des connaissances et des technologies permet d'envisager une adaptation de ce dispositif, notamment par l'utilisation de tests rapides de détection antigénique du SARS-CoV-2. En effet, ces tests permettraient d'obtenir un résultat en moins de 30 minutes tout en offrant une plus grande souplesse d'utilisation et un usage en dehors des murs du laboratoire de biologie médicale. Suite à la saisine par le ministre des Solidarités et de la Santé, la HAS a établi les critères d'acceptation des différents tests disponibles sur le marché et proposer les meilleurs scénarios d'utilisation des tests antigéniques.</t>
+  </si>
+  <si>
+    <t>19/10/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/fr/revue-rapide-sur-les-tests-de-detection-antigenique-du-virus-sars-cov-2</t>
   </si>
   <si>
     <t>p_3213483</t>
   </si>
   <si>
-    <t>Pancreatic islet transplantation - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>05/14/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+    <t>Utilité clinique des signatures génomiques dans le cancer du sein de stade précoce - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’utilité clinique de chacune des quatre signatures génomiques prises en charge de façon dérogatoire dans le cadre du Référentiel des actes innovants hors nomenclatures (RIHN) pour guider la décision d’administrer une chimiothérapie adjuvante en cas de cancer du sein de stade précoce</t>
+  </si>
+  <si>
+    <t>09/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/fr/utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-de-stade-precoce-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_2748998</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Réévaluation des critères d’éligibilité des centres implantant des bioprothèses valvulaires aortiques par voie artérielle transcutanée ou par voie transapicale (2018)</t>
+  </si>
+  <si>
+    <t>La Commission a procédé à la réévaluation des critères d’éligibilité des centres implantant des bioprothèses valvulaires aortiques par voie artérielle transcutanée ou par voie transapicale (2018)</t>
+  </si>
+  <si>
+    <t>05/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2018 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891048/fr/reevaluation-des-criteres-d-eligibilite-des-centres-implantant-des-bioprotheses-valvulaires-aortiques-par-voie-arterielle-transcutanee-ou-par-voie-transapicale-2018</t>
+  </si>
+  <si>
+    <t>c_2891048</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
+    <t>Évaluation de la radiothérapie peropératoire (RTPO) dans le cancer du sein</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et de la sécurité de la radiothérapie peropératoire (RTPO) en traitement adjuvant de la tumorectomie du cancer du sein chez la femme Détermination des conditions de réalisation et de la population à traiter en vue de sa prise en charge par l’Assurance Maladie Le comparateur est la radiothérapie externe du sein</t>
+  </si>
+  <si>
+    <t>20/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/05/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/fr/evaluation-de-la-radiotherapie-peroperatoire-rtpo-dans-le-cancer-du-sein</t>
   </si>
   <si>
     <t>c_2562276</t>
   </si>
   <si>
-    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Assessment of the safety and conditions for conducting autologous fat grafting in reconstructive, restorative and cosmetic breast surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1778570/en/assessment-of-the-safety-and-conditions-for-conducting-autologous-fat-grafting-in-reconstructive-restorative-and-cosmetic-breast-surgery-inahta-brief</t>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation de la sécurité et des conditions de réalisation de l’autogreffe de tissu adipeux dans la chirurgie reconstructrice, réparatrice et esthétique du sein</t>
+  </si>
+  <si>
+    <t>Evaluation de la sécurité et des conditions de réalisation de l’autogreffe de tissu adipeux dans la chirurgie reconstructrice, réparatrice et esthétique du sein</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778570/fr/evaluation-de-la-securite-et-des-conditions-de-realisation-de-l-autogreffe-de-tissu-adipeux-dans-la-chirurgie-reconstructrice-reparatrice-et-esthetique-du-sein</t>
   </si>
   <si>
     <t>c_1778570</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of an epiretinal implant and its implantation procedure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’agomélatine (Valdoxan®) dans le traitement de la dépression ?</t>
+  </si>
+  <si>
+    <t>Valdoxan® (agomélatine) est un antidépresseur appar tenant à une nouvelle classe pharmacologique : il est à la fois agoniste des récepteurs de la mélatonine et antagoniste des récepteurs 5HT2C de la sérotonine. Valdoxan® est indiqué dans le traitement des épisodes dépressifs majeurs (c’est-à-dire caractérisés) chez l’adulte. Comme tout antidépresseur, si la dépression est d’intensité légère, il n’est à utiliser qu’en deuxième intention, après échec d’une psychothérapie.</t>
+  </si>
+  <si>
+    <t>05/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439921/fr/quelle-place-pour-l-agomelatine-valdoxan-dans-le-traitement-de-la-depression</t>
+  </si>
+  <si>
+    <t>r_1439921</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...113 lines deleted...]
-    <t>p_3201812</t>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
+  </si>
+  <si>
+    <t>04/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2007 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_701682</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2026.0016/AC/SESPEV du 26 février 2026 du collège de la Haute Autorité de santé relatif à l’actualisation du calendrier des vaccinations pour l’année 2026</t>
+  </si>
+  <si>
+    <t>Le Collège de la HAS rend son avis sur le projet d'édition 2026 du calendrier des vaccinations et recommandations vaccinales</t>
+  </si>
+  <si>
+    <t>26/02/2026 18:09:00</t>
+  </si>
+  <si>
+    <t>02/03/2026 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883262/fr/avis-n2026-0016/ac/sespev-du-26-fevrier-2026-du-college-de-la-haute-autorite-de-sante-relatif-a-l-actualisation-du-calendrier-des-vaccinations-pour-l-annee-2026</t>
+  </si>
+  <si>
+    <t>p_3883262</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0064/SESPEV du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’actualisation du calendrier des vaccinations pour l’année 2025</t>
+  </si>
+  <si>
+    <t>Réponse à la saisine de la DGS du 22 octobre 2025 relative à l’intégration du vaccin CAPVAXIVE et l’élargissement du rattrapage HPV dans le calendrier des vaccinations 2025.</t>
+  </si>
+  <si>
+    <t>04/12/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>09/12/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784536/fr/avis-n2025-0064/sespev-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-actualisation-du-calendrier-des-vaccinations-pour-l-annee-2025</t>
+  </si>
+  <si>
+    <t>p_3784536</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0026/AC/SESPEV du 6 juin 2025 du collège de la Haute Autorité de santé portant sur le vaccin VIMKUNYA du laboratoire BAVARIAN NORDIC dans le contexte épidémique de chikungunya dans les territoires de La Réunion et de Mayotte</t>
+  </si>
+  <si>
+    <t>En décembre 2024, la HAS a été saisie par la Direction Générale de la Santé (DGS) pour émettre un avis urgent sur la stratégie vaccinale à mettre en œuvre contre le chikungunya, avec le vaccin VIMKUNYA (laboratoire BAVARIAN NORDIC), pour les territoires de La Réunion et de Mayotte. La HAS a pris en considération les éléments suivants : L’évolution des données épidémiologiques ; La survenue d’évènements indésirables graves (EIG) neurologiques avec le vaccin IXCHIQ, dont le mécanisme est à ce jour inconnu ; Le nombre limité de personnes, notamment celles âgées de 65 ans et plus, exposées au cours du développement clinique du vaccin VIMKUNYA ; L'absence de recul d’utilisation, en vie réelle, du vaccin VIMKUNYA à ce jour dans le monde ; L’absence de recommandation officielle émise à ce jour au niveau international pour VIMKUNYA ; L’absence de données de sécurité chez les personnes immunodéprimées et les femmes enceintes ; L’interrogation sur le bénéfice de la mise à disposition dans l’urgence, d’un second vaccin contre le chikungunya, VIMKUNYA ; La faible adhésion vaccinale des populations à l’encontre de la stratégie de vaccination mise en œuvre à La Réunion, accentuée par la survenue des EIG avec le vaccin IXCHIQ ; Les investigations en cours conduites tant au niveau européen (EMA) qu’au niveau national. Aussi, la HAS ne peut pas émettre de recommandation sur l’utilisation du vaccin VIMKUNYA avant d’avoir obtenu i) les résultats des investigations en cours sur les causes des EIG survenus avec le vaccin IXCHIQ et ii) d’éventuelles données complémentaires d’efficacité et de sécurité du vaccin VIMKUNYA, obtenues notamment chez les personnes âgées de plus de 65 ans et les femmes enceintes, dont les nouveau-nés sont, avec les personnes âgées, les principales victimes des épidémies passées et actuelles. À ce sujet, la HAS encourage fortement la réalisation de toute étude qui permettrait de colliger de nouvelles données de sécurité, d’efficacité et de durée de protection, dans ces populations, afin de pouvoir positionner au mieux et à terme les vaccins existants contre le chikungunya dans une stratégie globale de vaccination. Cet avis pourra être actualisé en fonction de l’état des connaissances scientifiques et de l’évolution du contexte épidémique en France.</t>
+  </si>
+  <si>
+    <t>06/06/2025 14:37:00</t>
+  </si>
+  <si>
+    <t>06/06/2025 17:00:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609223/fr/avis-n2025-0026/ac/sespev-du-6-juin-2025-du-college-de-la-haute-autorite-de-sante-portant-sur-le-vaccin-vimkunya-du-laboratoire-bavarian-nordic-dans-le-contexte-epidemique-de-chikungunya-dans-les-territoires-de-la-reunion-et-de-mayotte</t>
+  </si>
+  <si>
+    <t>p_3609223</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0022/AC/SESPEV du 11 avril 2024 du collège de la Haute Autorité de santé relatif à l’édition 2024 du calendrier des vaccinations</t>
+  </si>
+  <si>
+    <t>Le projet d’édition 2024 du calendrier des vaccinations et recommandations vaccinales appelle les remarques suivantes : Au chapitre « Avant-Propos » Il conviendrait de modifier, comme suit, la composition de la commission technique des vaccinations (CTV) : « La CTV regroupe des experts de différentes disciplines (infectiologie, pédiatrie, microbiologie, immunologie, épidémiologie, gériatrie, santé publique, médecine générale, médecine du travail, économie de la santé, sociologie, pharmacie, soins infirmiers...) ainsi que des représentants d’usagers » ; Il conviendrait d’insérer le lien internet de la Direction générale de la Santé (DGS) qui renvoie vers les recommandations vaccinales liées à des voyages et séjours à l’étranger recommandations_voyageurs_2023_version_intermediare_au_12_janv24.pdf (sante.gouv.fr) Dans le sous-chapitre « Rappel des contre-indications médicales à la vaccination », le paragraphe sur les contre-indications médicales définitives à la vaccination devrait être complété, avec une mention sur les réactions allergiques sévères, dont l’anaphylaxie, comme suit : « Les principales contre-indications définitives sont : - Une allergie grave connue à l’un des composants du vaccin ; - Une réaction allergique sévère documentée, dont l’anaphylaxie, lors d’une précédente injection du vaccin ; En cas de doute dans les deux situations précitées, une consultation allergologique est indiquée » Au chapitre « Points-clés sur les nouveautés » Il conviendrait d’actualiser le sous-chapitre « Nouvelles recommandations », en y intégrant les nouvelles recommandations élaborées par la HAS en 2023 et en début d’année 2024 : i) Vaccination contre la Covid 19, ii) Vaccination contre les infections invasives à méningocoques, iii) Vaccination contre les infections à pneumocoques, iv) Vaccination contre le Mpox et v) Vaccination contre le zona ; Dans le sous-chapitre « Nouveautés réglementaires », il conviendrait d’ajouter le paragraphe sur les obligations vaccinales des professionnels des secteurs sanitaire et médico-social, qui ont été réévaluées par la HAS au cours de l’année 2023 ; Dans le sous-chapitre « Nouveaux vaccins », il conviendrait d’ajouter les paragraphes relatifs aux informations générales (mentions de l’autorisation de mise sur le marché (AMM)) des vaccins Prevenar 20 (anciennement Apexxnar) et Vaxneuvance ; Concernant le sous-chapitre « Arrêt de commercialisation », les informations relatives aux vaccins Revaxis et Zostavax devraient être insérées. Au chapitre « Vaccinations obligatoires et recommandées » Il conviendrait d’actualiser l’encadré sur le quatrième bilan annuel des obligations vaccinales, qui intègre dorénavant les derniers chiffres de 2023 sur les couvertures vaccinales. Au chapitre « Covid-19 » Pour répondre à la demande de la DGS, il conviendrait d’actualiser ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en février 2023 : Recommandations générales : la vaccination contre la Covid-19 est recommandée, chaque année, à l’automne, chez les personnes âgées de 65 ans et plus, en respectant un délai d’au moins 6 mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid 19 ; ce délai est réduit à 3 mois chez les personnes âgées de 80 ans et plus. Il serait également important de préciser la recommandation d’une dose supplémentaire de vaccin au printemps, pour les personnes âgées de 80 ans et plus, en respectant un délai d’au moins trois mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid-19. Recommandations particulières : la vaccination contre la Covid-19 est recommandée, chaque année, à l’automne, pour les personnes à risque de forme grave, en respectant un délai d’au moins 6 mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid 19 ; ce délai est réduit à 3 mois pour les personnes immunodéprimées, les résidents d’EHPAD et en USLD, et les personnes à très haut risque de forme grave selon chaque situation médicale individuelle et dans le cadre d’une décision médicale partagée avec les équipes soignantes. Il serait également important de préciser la recommandation d’une dose supplémentaire de vaccin au printemps, pour les personnes immunodéprimées, les résidents d’EHPAD et en USLD ainsi que pour toute personne à très haut risque de forme grave selon chaque situation médicale individuelle et dans le cadre d’une décision médicale partagée avec les équipes soignantes, en respectant un délai d’au moins trois mois depuis la dernière dose de vaccin contre la Covid-19 ou la dernière infection Covid-19. De la même façon, les deux sous-chapitres sur les recommandations vaccinales pour les professionnels et sur les recommandations en termes de vaccins à utiliser pour les campagnes vaccinales devraient être modifiés ; Le paragraphe sur la co-administration des vaccins contre la Covid-19 et contre la grippe saisonnière devrait être ajouté ; L’encadré reprenant l’ensemble des vaccins disposant, à ce jour, d’une AMM pour la vaccination contre la Covid-19 devrait être intégré. De même, un tableau intitulé « Schéma vaccinal pour les personnes éligibles à la campagne de vaccination automnale contre la Covid-19 » devrait être inséré. Au chapitre « Diphtérie, tétanos, poliomyélite » Il conviendrait d’ajouter l’encadré relatif à l’arrêt de commercialisation du vaccin Revaxis, prévu à l’été 2024, précisant qu’en cas d’indisponibilité de ce dernier, les rappels dTPolio chez l’adulte seront à effectuer avec un vaccin dTcaP. Au chapitre « Grippe Saisonnière » Dans le sous-chapitre « Vaccination antigrippale des enfants », il conviendrait d’ajouter un paragraphe « chapeau », afin de rappeler les bénéfices individuels de la vaccination antigrippale des enfants et les bénéfices collectifs qui sont conférés. Au chapitre « Hépatite B » Dans l’encadré sur les schémas vaccinaux, il conviendrait d’ajouter le paragraphe dans lequel il est précisé, pour les adultes, et en cas d’indisponibilité du vaccin ENGERIX B20 µg, la possibilité d’un schéma vaccinal accéléré avec le vaccin HBVAXPro 10, selon un schéma à 3 doses (M0, M1 et M2) suivies d’un rappel 12 mois après. Au chapitre « Infections invasives à méningocoques » Pour répondre à la demande de la DGS, il conviendrait d’actualiser entièrement ce chapitre en faisant apparaitre les récentes recommandations émises par la HAS en mars 2024, comme suit : « Depuis mars 2024, dans le cadre de la stratégie de lutte contre les méningites, la HAS recommande de remplacer l’obligation de vaccination méningococcique dirigée contre le sérogroupe C par une obligation de vaccination méningococcique tétravalente ACWY. Cette vaccination tétravalente sera réalisée avec le vaccin Nimenrix selon un schéma vaccinal à deux doses (une doseà l’âge de 6 mois suivie d’une dose à l’âge de 12 mois). Tout schéma vaccinal initié avec le vaccin Nimenrix devra être complété avec ce même vaccin. De plus, la vaccination méningococcique tétravalente est recommandée chez tous les adolescents âgés de 11 à 14 ans, en utilisant les vaccins tétravalents ACWY (Nimenrix ou MenQuadfi, ou Menveo), selon un schéma à une dose, indépendamment de leur statut vaccinal. En outre, la vaccination méningococcique tétravalente est recommandée aux adolescents et aux jeunes adultes âgés de 15 à 24 ans révolus, dans le cadre d’un rattrapage vaccinal, selon un schéma à une dose de vaccin tétravalent ACWY (Nimenrix ou MenQuadfi, ou Menveo), afin d’obtenir plus rapidement une couverture vaccinale élevée dans cette tranche d’âge, dans laquelle l’incidence des infections invasives à méningocoques est élevée. Cela permettra également d’obtenir une immunité de groupe plus rapidement. » « La HAS recommande également de renforcer la stratégie actuellement en vigueur contre le sérogroupe B chez les nourrissons, en rendant obligatoire la vaccination par le vaccin Bexsero, actuellement recommandée chez l’ensemble des nourrissons selon le schéma suivant : première dose à l’âge de 3 mois, deuxième dose à 5 mois et dose de rappel à 12 mois (M3, M5, M12). » « Chez les adolescents et les jeunes adultes de 15 à 24 ans souhaitant se faire vacciner, la HAS a préconisé que la vaccination dirigée contre le sérogroupe B puisse être remboursée ». L’encadré sur les schémas vaccinaux devrait faire apparaitre, dans la rubrique « Recommandations générales », les nouveaux libellés concernant la vaccination tétravalente contre les méningocoques de sérogroupes A, C, W et Y ainsi que le nouveau libellé concernant l’obligation, chez le nourrisson, de vaccination contre le méningocoque de sérogroupe B. Au chapitre « Infections à papillomavirus humains (HPV) » Il conviendrait d'introduire le chapitre sur la vaccination HPV par un paragraphe de contexte, rappelant la bonne efficacité vaccinale chez les adolescents et les jeunes adultes, et notamment avant l'entrée dansla vie sexuelle ; L’encadré sur les modalités du dépistage des lésions précancéreuses et cancéreuses du col de l’utérus devrait être légèrement modifié, pour davantage se conformer aux dernières recommandations de la HAS (2019). Au chapitre « Infections à pneumocoques (IP) » Pour répondre à la demande de la DGS, il conviendrait d’actualiser entièrement ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en juillet et août 2023 : Recommandations générales : la vaccination obligatoire du nourrisson est effectuée par le vaccin pneumococcique conjugué 15-valent (VPC15) ou par le vaccin pneumococcique conjugué 13- valent (VPC13), selon un schéma vaccinal de primovaccination à deux injections, à deux mois d’intervalle, à l’âge de 2 mois (8 semaines) et à 4 mois, suivies d’une dose de rappel à l’âge de 11 mois. Recommandations particulières : Pour les prématurés et les nourrissons à risque élevé de contracter une infection à pneumocoques : le maintien d’un schéma vaccinal renforcé, comprenant une primovaccination à trois doses (réalisées à 2 mois, 3 mois et 4 mois), suivies d’une dose de rappel à 11 mois, est recommandé. La vaccination est effectuée avec le vaccin pneumococcique conjugué 15-valent (VPC15) ou le vaccin pneumococcique conjugué 13-valent (VPC13). Pour les enfants et adolescents âgés de 2 à 17 ans à risque élevé de contracter une infection à pneumocoques : la vaccination est recommandée, et elle est effectuée avec le vaccin conjugué 15- valent (VPC15) ou avec le vaccin conjugué 13-valent (VPC13), ainsi qu’avec le vaccin pneumococcique polyosidique non conjugué 23-valent (VPP23). Pour les adultes âgés de 18 ans et plus à risque élevé de contracter une infection à pneumocoques : la vaccination est recommandée, et elle est effectuée préférentiellement avec le vaccin conjugué 20-valent (VPC20) ou avec la séquence de vaccins VPC13-VPP23 (en cas de non disponibilité du vaccin VPC20). De plus, l’encadré sur les schémas vaccinaux devrait être modifié, en reprenant catégorie d’âge par catégorie d’âge, les différents schémas vaccinaux retenus. A ce titre, pour les adultes âgés de 18 ans et plus à risque élevé d’infection pneumococcique, les schémas vaccinaux devraient être précisés en cas de disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar) et en cas de non-disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar) ; Pour une meilleure lisibilité, les tableaux de synthèse, reprenant les différents schémas de vaccination, chez l’enfant et chez l’adulte, seraient à intégrer. Au chapitre « Mpox » Pour répondre à la demande de la DGS, il conviendrait d’actualiser ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en janvier 2023 : Il conviendrait de mentionner le fait qu’en cas d’épidémie à Mpox sur le territoire national, la mise en œuvre d’une campagne de vaccination réactive est recommandée, en utilisant les vaccins antivariolique et anti-variole du singe de 3ème génération (Imvanex et Jynneos). Les personnes ciblées par cette campagne de vaccination dépendent du niveau de menace épidémique (niveau 1 ou niveau 2). De plus, l’encadré sur le schéma vaccinal devrait être inséré, en intégrant les liens qui renvoient vers les dernières recommandations de la HAS. Au chapitre « Rougeole, oreillons, rubéole » Il conviendrait de modifier comme suit, le paragraphe relatif aux nourrissons ayant déjà reçu une dose de vaccin trivalent ROR avant l’âge de 12 mois. « Les nourrissons ayant reçu une dose de vaccin trivalent ROR avant l’âge de 12 mois (qu'elle qu'en soit la raison) sont moins bien protégés contre la rougeole que ceux qui ont reçu le vaccin à l’âge de 12 mois ou plus. En conséquence, ces nourrissons doivent recevoir deux doses supplémentaires de vaccin trivalent ROR (la première à l’âge de 12 mois et la seconde à l’âge de 16-18 mois) afin de compléter leur schéma vaccinal, pour arriver à 3 doses de vaccin trivalent ROR au total » ; De plus, dans le sous-chapitre « Recommandations autour d’un cas de rougeole », la conduite à tenir chez les nourrissons âgés de 6 à 11 mois révolus devrait être complétée, en précisant la prophylaxie post exposition avec l’administration d’immunoglobulines, au-delà de 72 heures suivant le contact infectieux présumé ; Le recours à un cadre de prescription compassionnelle (CPC) devrait être précisé pour les nourrissons âgés de 6 à 8 mois révolus. Le renvoi vers le site de l’Agence nationale de sécurité du médicament et des produits de santé (ANSM), pour le CPC des vaccins Priorix et M-M-RVaxPro serait à ajouter en bas de page ; Dans l’encadré sur les schémas vaccinaux, il conviendrait d’indiquer le cas particulier des nourrissons ayant reçu une dose de vaccin contre la rougeole avant l’âge de 12 mois : « Les nourrissons avec une indication de vaccination contre la rougeole avant l’âge de 12 mois, ayant déjà reçu une dose de vaccin trivalent ROR avant l’âge de 12 mois, doivent recevoir par la suite 2 doses additionnelles de vaccin trivalent contre la rougeole, les oreillons et la rubéole (vaccin ROR) : 1ère dose additionnelle donnée à l’âge de 12 mois, puis 2nde dose additionnelle donnée à l’âge de 16-18 mois, en respectant un intervalle minimal d’un mois entre les doses.» Au chapitre « Zona » Pour répondre à la demande de la DGS, il conviendrait d’actualiser entièrement ce chapitre en faisant apparaitre les dernières recommandations émises par la HAS en mars 2024 : Recommandations générales : Il conviendrait d’ajouter les paragraphes suivants : « La vaccination contre le zona est recommandée chez les adultes immunocompétents de 65 ans et plus. Le vaccin Shingrix doit être préférentiellement utilisé, selon un schéma à deux doses, espacées de deux mois. En cas d’indisponibilité de ce vaccin, la vaccination peut être effectuée avec le vaccin Zostavax, selon un schéma à une dose (si disponible), uniquement chez les personnes immunocompétentes ; ce vaccin vivant atténué étant contre-indiqué chez les personnes immunodéprimées. La vaccination contre le zona avec le vaccin Shingrix est également recommandée chez les personnes immunocompétentes âgées de 65 ans et plus, ayant eu des antécédents de zona ou de vaccination par le vaccin Zostavax, selon un schéma complet, en respectant un délai d’au moins un an avant l’administration de la première dose. » Recommandations particulières : Il conviendrait d’ajouter les paragraphes suivants : « La vaccination contre le zona est recommandée chez les personnes âgées de 18 ans et plus, dont le système immunitaire est défaillant en raison de pathologies innées (un déficit immunitaire primitif, par exemple) ou acquises (immunodépression liée à l’infection par le VIH, par exemple) ou d’un traitement (corticothérapie au long cours ou traitements immunosuppresseurs), avec le seul vaccin Shingrix, selon un schéma à deux doses, espacées de deux mois entre chaque dose. Avant initiation d’une thérapie immunosuppressive, il est recommandé d’administrer le vaccin Shingrix le plus en amont possible du début du traitement, afin que le schéma vaccinal soit complété idéalement 14 jours avant l’initiation du traitement. Dans cette situation, l’intervalle entre les deux doses de vaccin pourra être réduit à 1 mois. Chez les femmes allaitantes, l’administration du vaccin Shingrix doit être évaluée au cas par cas, et dans le cadre d’une décision médicale partagée avec l’équipe soignante. » De plus, l’encadré sur le schéma vaccinal devrait être modifié, en intégrant la place du vaccin Shingrix dans la nouvelle stratégie vaccinale contre le zona. Au chapitre « Vaccination des populations spécifiques » Dans le sous-chapitre 2.20.2 « Vaccination des femmes enceintes », il conviendrait de modifier l’encadré relatif aux recommandations recommandées pendant la grossesse, afin de faire figurer la vaccination contre la Covid-19 ; Dans le sous-chapitre 2.20.3 « Vaccination des nourrissons nés prématurés », dans la rubrique « vaccination contre la coqueluche », il conviendrait de modifier le 4ème et dernier paragraphe comme suit : « Chez le prématuré qui présente ces facteurs de risque, il est donc recommandé d’administrer la première dose de vaccin hexavalent avant sa sortie d’hospitalisation et de le garder sous monitoring cardio-respiratoire pendant les quarante-huit heures qui suivent. La ré-hospitalisation de l’enfant n’est pas nécessaire si ce dernier est déjà sorti de son hospitalisation. En cas d’apnée ou de bradycardie lors de la première vaccination, une récidive est possible lors de la deuxième injection » ; De plus, dans ce même sous-chapitre 2.20.3, sous le premier tableau intitulé, « Schéma de vaccination du nouveau-né prématuré (&lt;33 semaines d’aménorrhée) et/ou pesant moins de 2000 g, de mère Ag HBs+ » il conviendrait d’ajouter une note de bas de tableau, comme suit : « Les enfants prématurés encore hospitalisés au moment de l'âge de leur vaccination (2 mois de vie), doivent bénéficier d’un monitorage cardio-respiratoire (scopés 48h). La ré-hospitalisation n’est pas nécessaire pour ceux déjà sortis de leur hospitalisation. » ; Cette même note de bas de tableau devrait également être introduite sous le 2ème tableau intitulé « Schéma de vaccination du nouveau-né prématuré (hors nouveau-nés de mère Ag HBs +) », situé en dessous. Au chapitre « Adaptation des recommandations vaccinales en situation de tension/pénurie de vaccins » En introduction, le lien internet conduisant au site internet de l’ANSM devrait être actualisé avec le lien suivant :(http://ansm.sante.fr/S-informer/Informations-de-securite-Ruptures-de-stock-des medicaments) ; Dans le sous-chapitre 3.4 « Vaccin non conjugué contre le pneumocoque », un paragraphe devrait être introduit sur la vaccination préférentielle, chez l’adulte, avec le vaccin VPC20 (Prevenar 20, anciennement Apexxnar), ou bien avec la séquence de vaccins VPC13-VPP23, en cas de non-disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar). Au chapitre « Calendrier des vaccinations 2024 – Tableaux synoptiques » Dans le tableau 4.1 des vaccinations chez les enfants et les adolescents – 2024 En recommandations générales, il conviendrait de mettre à jour la ligne relative à la vaccination méningococcique tétravalente (obligatoire) des nourrissons contre les infections à méningocoques ACWY, ainsi que la vaccination (recommandée) des adolescents de 11 à 14 ans contre les méningocoques de sérogroupes ACWY ; En rattrapage, il conviendrait de mettre à jour la ligne relative à la vaccination méningococcique tétravalente des adolescents et des jeunes adultes contre les infections à méningocoques ACWY ; vaccination qui est recommandée entre 15 et 24 ans ; Pour les populations particulières et à risque, il est proposé de modifier ce tableau, en ajoutant i) une colonne supplémentaire pour les vaccinations recommandées au cours de la grossesse (Grippe saisonnière, dTcaP, et Covid-19) et ii) une ligne supplémentaire pour la vaccination contre la Covid-19 (des nourrissons à partir de 6 mois, enfants et adolescents, atteints de comorbidité); Il conviendrait de mettre à jour la ligne relative aux schémas de vaccination des nourrissons, des enfants et adolescents, contre le pneumocoque ; Aussi, suite à ces changements, les notes de bas de tableau devraient être modifiées en conséquence. Dans le tableau 4.2 des vaccinations recommandées chez les adultes – 2024 Il est proposé de maintenir ce tableau dans son intégralité, en ajoutant une ligne supplémentaire pour la vaccination contre la Covid-19, à la fois pour la partie du tableau sur les recommandations générales (vaccination recommandée chez l’adulte de 65 ans et plus) et pour la partie du tableau sur les populations particulières et à risque (vaccination recommandée chez les adultes atteints de comorbidité) ; En recommandation générale, il conviendrait de mettre à jour la ligne relative à la vaccination contre le zona (à partir de 65 ans : vaccination préférentielle avec le vaccin Shingrix, schéma à deux doses espacées de 2 mois) ; En rattrapage, il conviendrait de mettre à jour la ligne relative à la vaccination méningococcique tétravalente des jeunes adultes âgés de 18 à 24 ans contre les infections à méningocoques ACWY (car la vaccination méningococcique tétravalente ACWY est recommandée entre 15 et 24 ans) ; Aussi, suite à ces changements, les notes de bas de tableau devraient être modifiées en conséquence. Dans le tableau 4.3 des calendriers vaccinaux obligatoires et recommandés, en 2024 en Guyane et à Mayotte, chez les enfants en population générale (Hors Covid-19) Il est proposé de modifier ce tableau pour tenir compte des nouvelles recommandations de vaccination méningococcique tétravalente ACWY chez tous les nourrissons (à 6 et 12 mois), et de supprimer les mentions relatives à la vaccination monovalente MenC, dans les colonnes de Guyane et Mayotte. Dans le tableau 4.4.1 des vaccinations en milieu professionnel Il conviendrait de réviser, dans sa globalité, le tableau des vaccinations des professionnels, qui relève de textes règlementaires (arrêté du 15 mars 1991), notamment pour vérifier la cohérence par rapport aux textes existants. Dans le tableau 4.4.2 des vaccinations des personnes immunodéprimées Il conviendrait d’ajouter une ligne sur la vaccination contre la Covid-19 et de l’implémenter avec les recommandations chez les immunodéprimés ; Il conviendrait d’actualiser la ligne relative aux infections invasives à méningocoque pour tenir compte des dernières recommandations concernant la vaccination méningococcique tétravalente ACWY ; Il conviendrait d’actualiser la ligne relative aux infections à pneumocoque, en distinguant les différentes catégories d’âge ; Il conviendrait de compléter la ligne relative aux infections liées aux HPV, en précisant les schémas vaccinaux prévus chez les personnes candidates à une transplantation d’organe solide ; Il conviendrait de créer une ligne relative à l’infection zona, en précisant les schémas vaccinaux chez les personnes immunodéprimées (utilisation du vaccin Shingrix uniquement). Dans le tableau 4.4.3 des vaccinations recommandées pour les personnes âgées de 65 ans et plus La ligne sur la vaccination contre la Covid-19 devrait être actualisée afin d’y indiquer les dernières recommandations pour cette catégorie de population ; La ligne sur la vaccination contre le zona devrait être actualisée afin d’y indiquer la place préférentielle du vaccin Shingrix chez les adultes de 65 ans et plus, immunocompétents. La possibilité de vaccination des personnes immunodéprimées avec ce vaccin, devrait également être précisée. Dans le tableau 4.4.3b des vaccinations recommandées pour les personnes âgées de 65 ans et plus, présentant un risque particulier ou étant dans une situation à risque particulier Il conviendrait d’actualiser la ligne relative aux infections à pneumocoque, en précisant les schémas vaccinaux possibles, en fonction de la disponibilité ou de la non-disponibilité du vaccin VPC20 (Prevenar 20, anciennement Apexxnar). Dans le tableau 4.5.1 relatif au rattrapage vaccinal chez une personne jamais vaccinée, ou au statut vaccinal inconnu, incomplet ou incomplètement connu, en population générale Il conviendrait d’actualiser la ligne relative aux infections à pneumocoque, en précisant le schéma vaccinal possible (vaccin VPC13 ou VPC15, suivi de VPP23). Dans le tableau de correspondance entre les valences vaccinales dans le calendrier des vaccinations et les vaccins commercialisés en France Il conviendrait de supprimer la ligne du vaccin Diphtérie/Tétanos (car fin de l’autorisation d’accès compassionnel depuis le 1er trimestre 2023) ; Pour le vaccin Revaxis, il conviendrait d’insérer une note, annonçant le prochain arrêt de commercialisation (01/07/2024) ; Dans la case des vaccins contre la Covid-19, il conviendrait de faire apparaitre le vaccin Spikevax XBB.1.5 ; Il conviendrait de faire apparaitre les deux nouveaux vaccins contre les infections à pneumocoque : Prevenar 20 (anciennement Apexxnar) et Vaxneuvance ; Il conviendrait de supprimer la ligne sur le vaccin Imovax Polio (arrêt de commercialisation au 31/03/2023) ; Dans la case des vaccins contre les infections liées au VRS, il conviendrait de rajouter le vaccin Arexvy ; Dans la case des vaccins contre le zona, il conviendrait d’ajouter le vaccin Shingrix. Dans le tableau de synthèse des contre-indications des vaccins utilisés chez les enfants Il conviendrait de compléter les lignes des vaccins Nimenrix, MenQuadfi, Menveo, Cervarix, Gardasil 9, Varilrix et Varivax, afin d’y faire figurer les contre-indications de ces vaccins ; La ligne relative au vaccin Imovax Polio devrait être supprimée. Le présent avis sera publié au Bulletin officiel de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>11/04/2024 15:17:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517088/fr/avis-n2024-0022/ac/sespev-du-11-avril-2024-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2024-du-calendrier-des-vaccinations</t>
+  </si>
+  <si>
+    <t>p_3517088</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0054/AC/SESPEV du 6 octobre 2022 du collège de la Haute Autorité de santé relatif à la stratégie de vaccination contre le Monkeypox</t>
+  </si>
+  <si>
+    <t>Cet avis répond aux questions relatives au délai à respecter pour l’administration de la seconde dose de vaccin contre le Monkeypox, la possibilité d’administration par voie intradermique en cas de tensions d’approvisionnement, l’extension de la population cible de la vaccination préexposition aux femmes vivant avec un HSH multipartenaire. Il reprend les positions de la HAS mentionnées dans les réponses rapides du 1er septembre relatives à la vaccination après une infection à Monkeypox, sur le consentement des parents pour une vaccination préventive des mineurs et sur la co-administration possible avec un vaccin contre la Covid-19. Quels sont les objectifs de cet avis ? Préciser la stratégie vaccinale contre le Monkeypox compte tenu de l’évolution de l’épidémie et des approvisionnements limités en doses de vaccins. Principales conclusions de la recommandation La HAS confirme la nécessité d’administrer la deuxième dose dans les meilleurs délais à partir de 28 jours, en fonction des possibilité logistiques, afin de garantir une protection optimale contre l’infection à Monkeypox. En cas de tension d’approvisionnement, la HAS rappelle sa recommandation de prioriser l’injection de la première dose au plus grand nombre et de différer l’administration de la seconde dose si la situation le nécessite. Conformément à l’avis de l’ANSM, dans le cas d’approvisionnement limité en vaccins, la HAS estime que la voie intradermique (ID) à la dose de 0,1 ml (contre 0,5 ml pour la voie sous-cutanée) peut être envisagée comme une alternative possible chez les adultes. La HAS recommande d’utiliser la voie ID préférentiellement en deuxième dose chez les personnes ayant reçu une première dose par voie sous-cutanée (SC) et n’ayant pas ou peu présenté de réaction au site d’injection. Elle précise que les deux voies d’administration sont interchangeables pour finir le schéma de vaccination. Pour les personnes immunodéprimées, les femmes enceintes, les enfants et les personnes avec antécédents de cicatrice chéloïde, la HAS précise que seule la voie SC est recommandée. En outre, en cohérence avec l’avis de l’ANSM, la HAS rappelle que l’administration par voie ID nécessite la mise à disposition de matériel d’injection spécifique (seringues à tuberculine avec aiguilles de 27 ou 26 gauges (code couleur gris ou marron en Europe), de 6,35 mm à 12,7 mm à biseau court) et devra être effectuée par des professionnels de santé expérimentés dans la technique d’injection intradermique ou ayant bénéficié d’une formation, afin de réduire le risque de mésusage au moment de l’injection. La HAS encourage l’acquisition de données supplémentaires d’efficacité et de sécurité lors d’études en vie réelle dans le cadre de l’utilisation de la voie ID. La HAS recommande que la vaccination en préexposition par les vaccins de 3ème génération MVA-BN (Imvanex et Jynneos) puisse être proposée aux femmes partenaires occasionnelles ou partageant le même lieu de vie que des personnes à très haut risque d’exposition incluant les HSH rapportant des partenaires sexuels multiples et les personnes trans rapportant des partenaires sexuels multiples, les personnes en situation de prostitution et les professionnels des lieux de consommation sexuelle, quel que soit le statut de ces lieux. Par ailleurs, la HAS confirme ses recommandations formulées dans les réponses rapides sur l’infection par le virus Monkeypox du 5 septembre 2022 : La HAS rappelle que, compte tenu de l’immunité naturelle conférée par l’infection, il n’y a pas d’indication à vacciner les personnes infectées ni à faire une deuxième dose de vaccin (troisième dose pour les sujets immunodéprimés) chez les personnes ayant contracté l’infection après une première dose (ou deuxième dose chez les sujets immunodéprimés) ; Concernant la vaccination des mineurs, la HAS précise qu’elle doit être envisagée au cas par cas (situations particulières) aux mineurs entrant dans les cibles vaccinales (notamment ceux pris en charge dans les CEGIDD), par les seuls spécialistes, après une évaluation stricte des bénéfices et des risques pour le mineur concerné, dans le cadre d’une décision médicale partagée, et dans les conditions fixées aux articles L.1111-2 et suivants du code de la santé publique, concernant l’information et le consentement des mineurs et des titulaires de l'autorité parentale ; Le vaccin de 3ème génération (Imvanex/ Jynneos) est un vaccin vivant atténué non replicatif. Il peut de ce fait être utilisé chez les personnes immunodéprimés. Il peut être coadministré avec tout autre vaccin du calendrier vaccinal, y compris les vaccins Covid-19. Si l’administration n’a pas été simultanée, aucun délai n’est à respecter entre ce vaccin et tout autre vaccin du calendrier vaccinal, à l’exception des autres vaccins vivants atténués viraux (ROR, varicelle, zona, fièvre jaune) pour lesquels un intervalle d’au moins 4 semaines doit être ménagé. La HAS souligne l’importance de disposer prochainement de : Données en vie réelle complémentaires relatives à l’efficacité et à la tolérance du vaccin antivariolique de 3ème génération, administré en pré exposition et en post exposition au virus de Monkeypox, sur la prévention des formes graves et sur la transmission de la maladie dans les différents sous-groupes de population ; Données d’efficacité et de sécurité en vie réelle dans le cadre de l’utilisation de la voie ID. Ainsi, afin d’améliorer les connaissances autour de la vaccination, la HAS encourage vivement les personnes qui le souhaitent à participer aux études en cours sur le Monkeypox. Plusieurs cohortes ont été mises en place : Une cohorte existante de l’ANRS - Maladies infectieuses émergentes pour l’Europe (ANRS-MIE) chez les personnes sous PrEP qui intégrera les données de la vaccination contre le Monkeypox ; Une cohorte internationale de personnes infectées par le Monkeypox (ANRS MOSAIC), en collaboration avec l’Université d’Oxford, les Hôpitaux Universitaires de Genève, et coordonnée par l’ANRS-MIE. Ce projet vise à mieux comprendre la maladie et évaluer l’impact de la prise en charge des patients infectés. Les premiers patients ont été inclus en France le 13 juillet 2022 ; Une nouvelle cohorte de personnes contacts à risque d’infection Monkeypox (MONKEY VAX) mise en place par l’ANRS-MIE et l’AP-HP qui permettra d’étudier l’efficacité de la vaccination post-exposition des vaccins de troisième génération et dont les premiers patients ont été inclus en France le 13 juillet 2022. La HAS poursuit ses travaux de veille scientifique et adaptera ses avis en conséquence. La HAS rappelle par ailleurs la nécessité de respecter les mesures de prévention de la transmission du virus Monkeypox en milieu hospitalier et au domicile, telles que préconisées par le HCSP dans son avis du 8 juillet 2022 et la conduite à tenir telle que préconisée par Santé Publique France (www.sexosafe.fr) pour se protéger contre la variole du singe, y compris pour les personnes vaccinées.</t>
+  </si>
+  <si>
+    <t>06/10/2022 13:07:00</t>
+  </si>
+  <si>
+    <t>11/10/2022 14:11:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376041/fr/avis-n2022-0054/ac/sespev-du-6-octobre-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-la-strategie-de-vaccination-contre-le-monkeypox</t>
+  </si>
+  <si>
+    <t>p_3376041</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0029/SESPEV du 12 mai 2022 du collège de la Haute Autorité de santé modifiant l’avis n°2022.0020/AC/SESPEV du 7 avril 2022 relatif à l’édition 2022 du calendrier des vaccinations</t>
+  </si>
+  <si>
+    <t>Précision complémentaire concernant le premier tableau de la section 4.6.2 de l’édition 2022 du calendrier des vaccinations sur les modalités de rattrapage de la vaccination contre le méningocoque B chez les migrants primo-arrivants de 1 à 5 ans, et sur son articulation avec les autres rattrapages. A qui s’adresse ces recommandations ? Elles s’adressent aux : Décideurs publics Quels sont les objectifs de cette recommandation ? Apporter une précision complémentaire sur les modalités de rattrapage de la vaccination contre le méningocoque B chez les migrants primo-arrivants de 1 à 5 ans, et sur son articulation avec les autres rattrapages. Principales conclusions de la recommandation : Il est proposé de modifier le tableau relatif aux recommandations en population générale pour tenir compte des nouvelles recommandations de vaccination contre les infections invasives à méningocoques B chez tous les nourrissons (rattrapage jusqu’à l’âge de 2 ans). Il est proposé de compléter comme suit le tableau relatif aux enfants migrants primo-arrivants de 1 à 5 ans pour tenir compte des nouvelles recommandations de vaccination contre les infections invasives à méningocoques B chez tous les nourrissons : « Men B (Bexsero) : entre l’âge de 12 et 24 mois, deux doses espacées de deux mois minimum suivies d’une dose de rappel 12 à 23 mois après », en précisant en note de bas de tableau « qu’il est possible de co-administrer ce vaccin avec les autres vaccins du calendrier vaccinal, en fonction de l'acceptabilité des parents et du médecin. Selon le nombre d’injections à réaliser à J0, l’administration de la première dose de Bexsero peut être décalée jusqu’à M1 » .</t>
+  </si>
+  <si>
+    <t>12/05/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>16/05/2022 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339386/fr/avis-n-2022-0029/sespev-du-12-mai-2022-du-college-de-la-haute-autorite-de-sante-modifiant-l-avis-n2022-0020/ac/sespev-du-7-avril-2022-relatif-a-l-edition-2022-du-calendrier-des-vaccinations</t>
+  </si>
+  <si>
+    <t>p_3339386</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0020/SESPEV du 7 avril 2022 du collège de la Haute Autorité de santé relatif à l’édition 2022 du calendrier des vaccinations</t>
+  </si>
+  <si>
+    <t>Avis de la Haute Autorité de santé sur l’édition 2022 du calendrier des vaccinations et recommandations vaccinales A qui s’adresse ces recommandations ? Aux pouvoirs publics Recommandations : En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de santé sur l’édition 2021 du calendrier des vaccinations et recommandations vaccinales. Lien vers la page du site du ministère de la santé dédié au calendrier des vaccinations.</t>
+  </si>
+  <si>
+    <t>07/04/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>13/04/2022 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331585/fr/avis-n-2022-0020/sespev-du-7-avril-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2022-du-calendrier-des-vaccinations</t>
+  </si>
+  <si>
+    <t>p_3331585</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0061/AC/SEESP du 23 août 2021 du collège de la HAS relatif à la définition des populations à cibler par la campagne de rappel vaccinal chez les personnes ayant eu une primovaccination complète contre la Covid-19</t>
+  </si>
+  <si>
+    <t>Depuis plusieurs semaines, la France traverse une quatrième vague de l’épidémie de Covid-19 liée notamment à l’émergence sur l’ensemble du territoire national du variant Delta. Pour anticiper les prochaines échéances de la campagne de vaccination, le Directeur général de la santé a d’abord saisi la Haute Autorité de santé le 29 juin 2021 afin d’identifier la nature des données nécessaires pour permettre d’évaluer la pertinence éventuelle d’une dose de rappel après une primovaccination complète contre le SARS-CoV-2. Dans son avis du 15 juillet 2021, la HAS a estimé que sur la base des données disponibles mi-juillet, il n’y avait pas d’argument pour recommander l’administration d’une dose de rappel au-delà des personnes ciblées par les annonces gouvernementales, et ce, quels que soient les vaccins initiaux. La pertinence d’une dose supplémentaire en population générale pourrait être établie si une diminution de la protection contre la Covid-19 dans le temps était mise en évidence (et pas seulement sur la base d’une baisse du taux d’anticorps), ou si un nouveau variant « résistant » aux vaccins actuellement disponibles émergeait sur le territoire. Le 12 août 2021, le ministère de la santé a confirmé la mise en place d’une campagne de rappel de vaccination pour les populations à risque à partir de mi-septembre. Les populations ciblées par cette campagne sont les résidents des Ehpad et des unités de soins de longue durée (USLD), les personnes de plus de 80 ans vivant à leur domicile, celles qui présentent un très haut risque de forme grave selon la liste établie par le Conseil d’orientation de la stratégie vaccinale, et les personnes immunodéprimées qui ont déjà reçu 3 doses et en recevront une quatrième. À la suite à cette annonce, la HAS a de nouveau été sollicitée par saisine, notamment sur l’opportunité d’étendre la campagne de rappel à d’autres populations. À qui s’adresse ces recommandations ? Elles s’adressent aux pouvoirs publics Quels sont les objectifs de cette recommandation ? Le 18 août 2021, le Directeur général de la santé a adressé une nouvelle saisine à la HAS pour solliciter son avis sur l’opportunité d’étendre à d’autres populations la campagne de rappel prévue à l’automne et sur la probabilité qu’à terme un rappel vaccinal en population générale soit nécessaire. La HAS est également interrogée sur le type de vaccin à ARNm à privilégier pour la campagne de rappel et sur l’opportunité en termes de santé publique d’articuler la campagne de rappel contre la Covid-19 avec la campagne de vaccination contre la grippe saisonnière dès lors que les populations éligibles seraient superposables. Dans la suite de son avis du 15 juillet 2021, la Haute Autorité de santé a poursuivi la surveillance active des nouvelles données disponibles, avec une attention particulière sur les échecs vaccinaux et les données d’efficacité des vaccins contre la Covid-19 (en vie réelle et dans les essais cliniques) permettant d’identifier rapidement d’éventuelles situations de baisse de la protection conférée par la vaccination et justifiant de ce fait d’envisager une dose de rappel. Principales conclusions de la recommandation Les études observationnelles récentes suggèrent une baisse de l’efficacité au cours du temps de tous les vaccins, en particulier contre le variant Delta. Cette baisse de protection concerne essentiellement l’efficacité contre l’infection et contre les formes symptomatiques, l’efficacité contre les formes graves restant à un niveau élevé, quel que soit le vaccin administré. Cette baisse ne touche pas seulement les personnes âgées et les populations à risque de formes graves, mais ces populations demeurent les plus affectées. La HAS insiste néanmoins sur le fait que ces études observationnelles présentent des limites méthodologiques qui peuvent affecter les estimations de l’efficacité des vaccins et que la moindre efficacité suggérée par certaines études récentes nécessite d’être confirmée par d’autres études et dans le temps. En outre, la HAS rappelle qu’il n’y a pas de corrélat de protection établi à ce jour et que les tests sérologiques, quels qu’ils soient, ne permettent pas de conclure à l’éligibilité ou non d’une personne à une dose de rappel. S’il paraît très probable qu’une injection de rappel 6 à 12 mois après une primovaccination complète procurera effectivement un effet « boost » sans problème particulier de tolérance, comme c’est le cas pour la plupart des vaccins, l’administration d’une dose de rappel à distance de la primovaccination n’est toutefois pas prévue à ce jour dans les autorisations de mise sur le marché conditionnelles des différents vaccins disponibles. Ainsi, comme c’est le cas dans les différents pays ayant d’ores et déjà annoncé des campagnes de rappel en population générale, cet avis est-il rendu en amont de la validation par l’agence européenne du médicament de la possibilité d’administrer une dose de rappel, afin d’anticiper l’organisation d’une campagne couplée grippe/Covid-19 dont la mise en œuvre (à partir de la fin de l’automne), n’interviendra qu’après l’avis formel de l’EMA. Ainsi, sur la base des données actuellement disponibles, la HAS propose-t-elle l’administration d’une dose de rappel pour les personnes de 65 ans et plus, ainsi que pour toutes les personnes présentant des comorbidités augmentant le risque de formes graves et de décès dus à la Covid-19. La HAS précise que ce seuil d’âge de 65 ans a été défini en cohérence avec la stratégie de priorisation de la campagne de vaccination contre le SARS-CoV-2 (personnes les plus à risque de forme grave ou de décès liés à la Covid-19) et avec la population ciblée par la vaccination antigrippale, facilitant ainsi l’articulation avec la campagne de vaccination antigrippale. Ce seuil d’âge pourra toutefois être abaissé dès lors que de nouvelles données le justifieront. Dans ce contexte et conformément à son avis du 12 mai 2021, et sous réserve d’absence d’interférence immune significative entre les deux types de vaccins dans les études en cours, la HAS propose, pour éviter tout retard à la vaccination antigrippale et simplifier le parcours vaccinal, de procéder à l’administration concomitante du rappel des vaccins contre la Covid-19 et du vaccin contre la grippe saisonnière dès lors qu’une personne sera éligible aux deux vaccinations, la majeure partie des publics prioritaires ciblés par la campagne vaccinale antigrippale présentant également des facteurs de risques de formes graves de Covid-19. La HAS recommande de respecter un délai minimal de 6 mois entre la primovaccination complète et l’administration d’une dose de rappel (le début de la campagne de rappel pouvant ainsi débuter au cours de l’automne pour ces populations). Par ailleurs, compte tenu des études observationnelles récentes démontrant la protection insuffisante conférée par une seule dose de vaccin (Comirnaty, Spikevax ou Vaxzevria) contre les formes symptomatiques liées au variant Delta, et du manque de donnée disponible permettant de confirmer l’efficacité à long terme du schéma de vaccination à une dose du vaccin Covid-19 Janssen contre le variant Delta, la HAS estime nécessaire de recommander l’administration d’une dose supplémentaire dès à présent aux personnes primovaccinées avec le vaccin Covid-19 Janssen. Ainsi, en cohérence avec son avis du 8 juillet 2021, la HAS recommande qu’une deuxième dose avec un vaccin à ARNm (Comirnaty ou Spikevax) soit proposée aux personnes primovaccinées avec le vaccin Covid-19 Janssen à partir de 4 semaines après la première injection. La HAS considère qu’il n’y pas, à ce jour, de donnée en faveur de l’administration systématique d’une dose de rappel au-delà des personnes ciblées dans cet avis. Toutefois, la HAS considère que l’administration d’une dose de rappel deviendra probablement nécessaire au cours des mois qui viennent, sans qu’il soit encore possible à ce stade de se prononcer précisément, ni sur la population cible ni sur le calendrier. La HAS sera donc amenée à revoir ses recommandations lorsque des données nouvelles le justifieront. De même, la HAS se prononcera sur la pertinence éventuelle de l’administration d’une dose de rappel chez les personnes qui ont fait une infection post-vaccinale à la lumière de données complémentaires sur ces situations spécifiques. La HAS est également interrogée sur le type de vaccin à ARNm à privilégier pour la campagne de rappel. La HAS considère que, quel que soit le vaccin utilisé pour la primovaccination, un vaccin à ARNm doit être utilisé pour le rappel mais qu’il n’y a pas d’argument à ce jour pour recommander préférentiellement un vaccin par rapport à l’autre pour la dose de rappel, les deux vaccins à ARNm disponibles (Comirnaty et Spikevax) étant tous les deux très efficaces contre les formes graves de Covid-19, y compris celles liées au variant Delta. Une personne primovaccinée avec le vaccin Comirnaty pourra recevoir une dose de rappel avec le vaccin Comirnaty ou avec le vaccin Spikevax indifféremment, et inversement. La HAS réaffirme, enfin, que la priorité pour les prochaines semaines est de tout mettre en œuvre afin d’augmenter la couverture vaccinale, en particulier dans la classe d’âge des plus de 80 ans pour laquelle la couverture vaccinale complète est encore insuffisante (79,9%) malgré leur grande vulnérabilité face à la maladie. La HAS rappelle en outre qu’une meilleure couverture vaccinale est nécessaire au niveau mondial pour endiguer la pandémie. Il est également indispensable de maintenir un haut niveau d’adhésion aux mesures barrières, y compris chez les personnes ayant reçu un schéma de vaccination complet, une baisse d’efficacité étant observée vis-à-vis du variant delta, en particulier contre l’infection et la transmission. Ces conclusions sont établies sur la base des connaissances scientifiques actuelles et dans le contexte épidémiologique français. Elles seront donc nécessairement réexaminées à la lumière des nouvelles données à venir.</t>
+  </si>
+  <si>
+    <t>23/08/2021 11:23:00</t>
+  </si>
+  <si>
+    <t>24/08/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283044/fr/avis-n-2021-0061/ac/seesp-du-23-aout-2021-du-college-de-la-has-relatif-a-la-definition-des-populations-a-cibler-par-la-campagne-de-rappel-vaccinal-chez-les-personnes-ayant-eu-une-primovaccination-complete-contre-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3283044</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0026/AC/SEAP du 8 avril 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection antigénique automatisée du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le présent avis porte sur les tests automatisés de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé, tests tels que les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (CLIA) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests automatisés ont uniquement vocation à être réalisés en laboratoire de biologie médicale. Au total, compte tenu de l’analyse critique de la littérature et de la position de la Société Française de Microbiologie, il peut être conclu que : chez les patients symptomatiques, les tests antigéniques automatisés sont indiqués en seconde intention lorsque des effectifs importants doivent être testés et que la RT-PCR n’est pas disponible ; chez les personnes cas-contact asymptomatiques, les tests antigéniques automatisés sont indiqués en seconde intention lorsque des effectifs importants doivent être testés et que la RT-PCR n’est pas disponible ; chez les personnes asymptomatiques en situation de dépistage, ces tests sont indiqués en seconde intention en cas d’indisponibilité de la RT-PCR, lors de dépistages ciblés à large échelle, lorsque des effectifs importants doivent être testés (par exemple : analyse de clusters importants). En revanche, les tests antigéniques automatisés ne sont pas indiqués pour les dépistages itératifs compte tenu du prélèvement nasopharyngé requis actuellement pour ces tests. En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigénique automatisée du virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale (service attendu suffisant et amélioration du service attendu de niveau V) dans les indications susmentionnées, si le test utilisé présente une sensibilité clinique supérieure ou égale à 80 % et une spécificité clinique supérieure ou égale à 99 %.</t>
+  </si>
+  <si>
+    <t>08/04/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261094/fr/avis-n-2021-0026/ac/seap-du-8-avril-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-antigenique-automatisee-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261094</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0025/AC/SEESP du 1er avril 2021 du collège de la Haute Autorité de santé relatif à l’édition 2021 du calendrier des vaccinations et recommandations vaccinales</t>
+  </si>
+  <si>
+    <t>En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de santé sur l’édition 2021 du calendrier des vaccinations et recommandations vaccinales .</t>
+  </si>
+  <si>
+    <t>01/04/2020 15:03:00</t>
+  </si>
+  <si>
+    <t>02/04/2021 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259006/fr/avis-n-2021-0025/ac/seesp-du-1er-avril-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2021-du-calendrier-des-vaccinations-et-recommandations-vaccinales</t>
+  </si>
+  <si>
+    <t>p_3259006</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0050/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Compte tenu de l’absence de données disponibles pour l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques (cas-contacts ou dépistage), l’évaluation des tests antigéniques a uniquement porté sur les patients symptomatiques en condition de diagnostic. Dans ce contexte, l’évaluation des tests antigéniques a rapporté une perte de sensibilité par rapport au test RT-PCR sur prélèvement nasopharyngé (test de référence). Toutefois, cette perte de sensibilité est fortement variable d’un test à un autre. Une valeur seuil de sensibilité minimale permettrait donc de distinguer les tests pertinents des non pertinents de manière à garantir un usage fiable en situation de diagnostic. En revanche, l’évaluation des tests de détection antigénique du SARS-CoV-2 a mis en évidence une excellente spécificité par rapport au test de référence pour la très grande majorité des tests antigéniques analysés. Toutefois, des tests présentant des spécificités moins satisfaisantes (en raison notamment de réactions faussement positives induites par des virus hivernaux) ont été rapportés. C’est pourquoi, la détermination d’une valeur seuil de spécificité minimale parait également nécessaire. Par ailleurs, le recours aux tests antigéniques pourrait être proposé dans le cadre du diagnostic ambulatoire d’infection à SARS-CoV-2 compte tenu de son impact positif potentiel sur les délais de réalisation du test et par corolaire sur la transmission virale. En effet, compte tenu de sa réalisation rapide (15 à 30 minutes) après prélèvement, le recours aux tests antigéniques devrait permettre un rendu de résultat le jour même de la réalisation du prélèvement et du test. En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale (service attendu suffisant et amélioration du service attendu de niveau IV) dans l’indication de diagnostic des patients symptomatiques jusqu’à 7 jours après apparition des symptômes, en alternative à la RT-PCR sur prélèvement nasopharyngé ou salivaire, si le test utilisé présente une sensibilité clinique supérieure ou égale à 80 % (en accord avec la valeur proposée par l’Organisation Mondiale de la Santé) et une spécificité clinique supérieure ou égale à 99% (afin de limiter les réactions croisées avec les autres virus hivernaux). Les performances cliniques du test (sensibilité/spécificité) doivent être établies par le fabricant sur la base d’une étude clinique prospective comparative portant sur une série d’individus de statut inconnu (vis-à-vis de l’infection au SARS-CoV-2) recrutés consécutivement ou de manière aléatoire. Pour définir a priori le nombre de patients positifs vis-à-vis du SARS-CoV-2 à inclure dans l’étude, la borne inférieure de l’intervalle de confiance à 95% de la sensibilité doit être au maximum inférieure à 10 points en dessous de la valeur seuil. Le test de référence est la RT-PCR sur prélèvement nasopharyngé. Les résultats du test index devront être déterminés en aveugle des résultats du test de référence. Le test utilisé lors de la détection antigénique du SARS-CoV-2 doit être marqué CE. Compte tenu de leur rapidité d’utilisation, les tests unitaires antigéniques devraient pouvoir être utilisés sous forme de Test Diagnostic Rapide (TDR) ou sous forme de Test Rapide d’Orientation Diagnostique (TROD). En fonction de la disponibilité des données cliniques requises, la HAS sera susceptible de compléter ultérieurement l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques (cas-contact et dépistage) ou pour d’autres types de prélèvement que le nasopharyngé (salivaire, sanguin notamment). La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>24/09/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>25/09/2020 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203126/fr/avis-n-2020-0050/ac/seap-du-24-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203126</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0035/AC/SEESP du 4 juin 2020 du collège de la Haute Autorité de santé relatif à la reprise des activités de vaccination dans le contexte de la levée des mesures de confinement dans le cadre de l’épidémie de COVID-19</t>
+  </si>
+  <si>
+    <t>La HAS appelle dès à présent à une reprise de l’ensemble des activités de vaccination dans le contexte de la levée progressive des mesures de confinement décidées dans le cadre de l’état d’urgence sanitaire déclaré face à l’épidémie de COVID-19. La HAS avait considéré primordial de maintenir l’ensemble des vaccinations obligatoires des nourrissons (à 2, 4, 5, 11, 12 et 16-18 mois) dans le contexte des mesures de confinement liées à l’épidémie de COVID-19. Elle avait estimé que les autres vaccinations recommandées au-delà de l’âge de 2 ans pouvaient être différées, en dehors des situations d’urgence. La HAS estime qu’il y a urgence à reprendre l’activité vaccinale, au regard notamment des résultats de l’étude EPI-PHARE[1] qui montrent une diminution importante du nombre de vaccins délivrés pendant la période de confinement, y compris chez les nourrissons. Avec la levée progressive des mesures de confinement, la HAS appelle dès à présent à une reprise de l’ensemble des activités de vaccination, en particulier pour les nourrissons et les populations particulièrement fragiles, selon les règles générales du rattrapage vaccinal définies dans les recommandations de la HAS de décembre 2019 en population générale[2]. Elle rappelle que hors contexte d’épidémie de COVID-19, la règle est de ne pas reporter la vaccination d’une personne qui présente une infection mineure et/ou une fièvre de faible intensité. Et de la décaler de quelques jours face à une personne qui a une infection aiguë modérée à sévère. Toutefois dans la situation épidémique actuelle, devant l’existence de signes cliniques, même mineurs, pouvant faire suspecter un cas de covid-19, elle rappelle la nécessité de prescrire un test de diagnostic par RT-PCR selon les recommandations en vigueur du contact tracing[3]. En cas de résultat négatif, le rattrapage vaccinal pourra être entrepris sans attendre. En cas de positivité, la reprise de la vaccination pourra débuter dès la guérison clinique telle que définie par le HCSP dans son avis du 16 mars 2020 relatif aux critères cliniques de sortie d’isolement des patients ayant été infectés par le SARS-CoV-2[4],. Elle estime qu’en l’état actuel des connaissances, il n’est pas possible de proposer des recommandations de vaccination pour les personnes présentant encore des manifestations cliniques (en dehors d’une asthénie) ou biologiques, liées à une COVID-19 sévère. Pour les personnes identifiées comme personnes contacts à risque d’un cas confirmé ou probable de COVID-19[5], elle recommande que le rattrapage vaccinal puisse être mis en place, en l’absence d’apparition de symptômes, dès la fin de la durée de la quatorzaine définie selon les recommandations en vigueur du contact tracing. [1] Étude EPI-PHARE [2] Le calendrier vaccinal – Ministère des Solidarités et de la santé [3] MINSANTE/CORRUSS 99 ; modificatif 2 du 9 mai 2020. Stratégie de contact-tracing post- confinement et modalités de sa mise en œuvre. [4] Avis du HCSP dans son avis du 16 mars 2020 relatif aux critères cliniques de sortie d’isolement des patients ayant été infectés par le SARS-CoV2 [5] Cf. Définition de cas de Santé Publique France du 7 mai 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 15:03:00</t>
+  </si>
+  <si>
+    <t>10/06/2020 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188687/fr/avis-n-2020-0035/ac/seesp-du-4-juin-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-la-reprise-des-activites-de-vaccination-dans-le-contexte-de-la-levee-des-mesures-de-confinement-dans-le-cadre-de-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3188687</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0019/AC/SEESP du 4 mars 2020 du collège de la Haute Autorité de santé relatif à l’édition 2020 du calendrier des vaccinations et recommandations vaccinales</t>
+  </si>
+  <si>
+    <t>En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de santé sur l’édition 2020 du calendrier des vaccinations et recommandations vaccinales .</t>
+  </si>
+  <si>
+    <t>04/03/2020 15:03:00</t>
+  </si>
+  <si>
+    <t>10/03/2020 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162622/fr/avis-n-2020-0019/ac/seesp-du-4-mars-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2020-du-calendrier-des-vaccinations-et-recommandations-vaccinales</t>
+  </si>
+  <si>
+    <t>p_3162622</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0281/DC/SEESP du 11 décembre 2019 du collège de la Haute Autorité de santé portant adoption de la recommandation vaccinale « rattrapage vaccinal en situation de statut vaccinal incomplet, inconnu, ou incomplètement connu - en population générale et chez les migrants primo-arrivants » et de ses documents de synthèse</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "En savoir +"</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148780/fr/decision-n-2019-0281/dc/seesp-du-11-decembre-2019-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-vaccinale-rattrapage-vaccinal-en-situation-de-statut-vaccinal-incomplet-inconnu-ou-incompletement-connu-en-population-generale-et-chez-les-migrants-primo-arrivants-et-de-ses-documents-de-synthese</t>
+  </si>
+  <si>
+    <t>p_3148780</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0007/AC/SEAP du 6 févier 2019 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de dissection sous-muqueuse des lésions cancéreuses coliques</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de dissection sous-muqueuse des lésions cancéreuses coliques. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ ».</t>
+  </si>
+  <si>
+    <t>06/02/2019 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904577/fr/avis-n-2019-0007/ac/seap-du-6-fevier-2019-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-dissection-sous-muqueuse-des-lesions-cancereuses-coliques</t>
+  </si>
+  <si>
+    <t>c_2904577</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0132/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab), dans le cadre d’une recommandation temporaire d’utilisation, indiqué « en monothérapie dans le traitement adjuvant des patients adultes atteints d’un mélanome de stade III ou IV, après résection complète. », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>05/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>14/09/2018 15:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870066/fr/decision-n-2018-0132/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-opdivo-nivolumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870066</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0134/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de M-M-RVAXPRO® et PRIORIX® (vaccin rougeoleux, des oreillons et rubéoleux vivant) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de M-M-RVAXPRO® et PRIORIX® (vaccin rougeoleux, des oreillons et rubéoleux vivant), dans le cadre d’une recommandation temporaire d’utilisation, dans les indications  « Vaccination en post exposition des nourrissons de 6 à 8 mois révolus en contact d’un cas de rougeole (dans les 72 heures) ;  Vaccination des nourrissons de 6 à 8 mois révolus devant voyager dans une zone de forte endémicité. » ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870075/fr/decision-n-2018-0134/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-m-m-rvaxpro-et-priorix-vaccin-rougeoleux-des-oreillons-et-rubeoleux-vivant-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870075</t>
+  </si>
+  <si>
+    <t>Avis n°2018.0002/AC/DEMESP du 10 janvier 2018 du collège de la Haute Autorité de santé relatif à l’édition 2018 du calendrier des vaccinations et recommandations vaccinales</t>
+  </si>
+  <si>
+    <t>En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de Santé sur l’édition 2018 du calendrier des vaccinations et recommandations vaccinales .</t>
+  </si>
+  <si>
+    <t>10/01/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821276/fr/avis-n2018-0002/ac/demesp-du-10-janvier-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2018-du-calendrier-des-vaccinations-et-recommandations-vaccinales</t>
+  </si>
+  <si>
+    <t>c_2821276</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0002/AC/SEM du 13 janvier 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588709/fr/avis-n-2016-0002/ac/sem-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2588709</t>
+  </si>
+  <si>
+    <t>AVIS N° 2012.0048/AC/SED du 12 décembre 2012 du collège de la HAS relatif à la prise en charge temporaire et dérogatoire de la prothèse épirétinienne ARGUS II et des actes inhérents à son implantation</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du 12 décembre 2012 du collège de la HAS dans le cadre de l'article L. 165-1-1 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>12/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344460/fr/avis-n-2012-0048/ac/sed-du-12-decembre-2012-du-college-de-la-has-relatif-a-la-prise-en-charge-temporaire-et-derogatoire-de-la-prothese-epiretinienne-argus-ii-et-des-actes-inherents-a-son-implantation</t>
+  </si>
+  <si>
+    <t>c_1344460</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur les référentiels relatifs à des actes de masso-kinésithérapie réalisés en série</t>
+  </si>
+  <si>
+    <t>Quatre référentiels ont été soumis à l’avis de la HAS. Ils concernent la rééducation : * après méniscectomie isolée, totale ou subtotale, par arthroscopie ; * après arthroplastie par prothèse unicompartimentaire de genou ; * après réinsertion et/ou suture d’un ou de plusieurs tendons de la coiffe des rotateurs de l’épaule, par arthroscopie ou abord direct ; * en cas de lombalgie commune.</t>
+  </si>
+  <si>
+    <t>01/03/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>13/05/2011 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054328/fr/avis-de-la-has-sur-les-referentiels-relatifs-a-des-actes-de-masso-kinesitherapie-realises-en-serie</t>
+  </si>
+  <si>
+    <t>c_1054328</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>Exploitation du SNDS pour le suivi des patients recevant un médicament en accès précoce</t>
+  </si>
+  <si>
+    <t>28/10/2024 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545664/fr/exploitation-du-snds-pour-le-suivi-des-patients-recevant-un-medicament-en-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3545664</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un protocole d'étude post inscription (CNEDiMTS)</t>
+  </si>
+  <si>
+    <t>La présente notice vise à décrire les modalités de dépôt des protocoles réalisés par les entreprises afin de répondre à ces demandes.</t>
+  </si>
+  <si>
+    <t>22/11/2013 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695339/fr/modalites-de-depot-d-un-protocole-d-etude-post-inscription-cnedimts</t>
+  </si>
+  <si>
+    <t>c_1695339</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Comprendre l'évaluation économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Pour garantir la pérennité du système de santé, fondé en majeure partie sur une prise en charge financière collective des soins de santé, des choix en matière d’allocation des ressources doivent être faits. L’objectif de l’évaluation économique est de hiérarchiser les différentes options envisageables en fonction de leur capacité à produire les meilleurs résultats possibles à partir des ressources à mobiliser, en vue d’une allocation optimale des ressources. C’est ce que l’on nomme l’efficience.</t>
+  </si>
+  <si>
+    <t>25/02/2019 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1502595/fr/comprendre-l-evaluation-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>r_1502595</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'un médicament</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un dossier pour la Commission de la Transparence.</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046750/fr/deposer-un-dossier-d-evaluation-d-un-medicament</t>
+  </si>
+  <si>
+    <t>c_1046750</t>
+  </si>
+  <si>
+    <t>Outils pour calculer les indicateurs du parcours BPCO à partir du SNDS (DCIR/PMSI)</t>
+  </si>
+  <si>
+    <t>Documents permettant de calculer l’ensemble des indicateurs de qualité du parcours BPCO, à partir du SNDS (DCIR/PMSI).</t>
+  </si>
+  <si>
+    <t>05/04/2022 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326301/fr/outils-pour-calculer-les-indicateurs-du-parcours-bpco-a-partir-du-snds-dcir/pmsi</t>
+  </si>
+  <si>
+    <t>p_3326301</t>
+  </si>
+  <si>
+    <t>Les études post-inscription pour les médicaments</t>
+  </si>
+  <si>
+    <t>La commission de la transparence (CT) peut demander au laboratoire la réalisation d’études complémentaires appelées études post-inscription lorsqu'elle est confrontée à des incertitudes sur l'utilisation d'un médicament en pratique courante, son bénéfice clinique et ses effets indésirables chez les patients.</t>
+  </si>
+  <si>
+    <t>22/11/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113800/fr/les-etudes-post-inscription-pour-les-medicaments</t>
+  </si>
+  <si>
+    <t>p_3113800</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : optimiser la pertinence du parcours de la patiente</t>
+  </si>
+  <si>
+    <t>Devant l’hétérogénéité des pratiques de césarienne programmée à terme, la HAS a développé un programme d’optimisation de sa pertinence. Les travaux sont menés en partenariat avec les professionnels, gynécologues obstétriciens, sages-femmes, qualiticiens, pédiatres ; les femmes représentées par l’association Césarine ; les réseaux de périnatalité et certaines structures régionales d’évaluation ; la Direction générale de l’offre de soins et les Agences régionales de santé.</t>
+  </si>
+  <si>
+    <t>10/03/2014 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726022/fr/cesarienne-programmee-a-terme-optimiser-la-pertinence-du-parcours-de-la-patiente</t>
+  </si>
+  <si>
+    <t>c_1726022</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : déploiement de la démarche</t>
+  </si>
+  <si>
+    <t>La démarche d’optimisation de la pertinence du parcours de la femme enceinte pouvant nécessiter une césarienne programmée à terme est expérimentée par 165 équipes de maternités (32 % des 507 maternités). Ces maternités sont représentatives de l’ensemble des maternités françaises en termes de type et de statut, bien que leur recrutement se soit fait par un appel à candidature volontaire. Un séminaire de lancement le 11 février 2013 a présenté le programme aux Agences régionales de santé (ARS) et aux réseaux de périnatalités chargés d’accompagner les équipes dans leur démarche.</t>
+  </si>
+  <si>
+    <t>10/03/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726029/fr/cesarienne-programmee-a-terme-deploiement-de-la-demarche</t>
+  </si>
+  <si>
+    <t>c_1726029</t>
+  </si>
+  <si>
+    <t>Niveau de preuve et gradation des recommandations de bonne pratique - État des lieux</t>
+  </si>
+  <si>
+    <t>L'objectif du document est de proposer un état des lieux sur le niveau de preuve et gradations des recommandations de bonne pratique (RBP). La revue de la littérature a porté sur les différents systèmes actuellement en vigueur, fondés sur les données scientifiques publiées en français ou en anglais.</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600564/fr/niveau-de-preuve-et-gradation-des-recommandations-de-bonne-pratique-etat-des-lieux</t>
+  </si>
+  <si>
+    <t>c_1600564</t>
+  </si>
+  <si>
+    <t>Participation des usagers dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>La Loi du 4 mars 2002 a étendu et généralisé la représentation des usagers dans les instances des établissements de santé, impulsée par les ordonnances de 1996 portant réforme hospitalière. La mise en place effective de la Commission des relations avec les usagers et de la qualité de la prise en charge (CRUQPC) en 2005 propose un cadre solide aux représentants des usagers afin de faire valoir leur point de vue sur la politique qualité de l’établissement.</t>
+  </si>
+  <si>
+    <t>14/09/2012 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1293689/fr/participation-des-usagers-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1293689</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1357,1981 +7066,11840 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>381</v>
+        <v>1725</v>
       </c>
       <c r="B2" t="s">
-        <v>382</v>
+        <v>1726</v>
       </c>
       <c r="C2" t="s">
-        <v>383</v>
+        <v>1727</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>384</v>
+        <v>1728</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>385</v>
+        <v>1729</v>
       </c>
       <c r="H2" t="s">
-        <v>386</v>
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H55"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D4" t="s">
+        <v>932</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E8" t="s">
+        <v>861</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D9" t="s">
+        <v>950</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1817</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D13" t="s">
+        <v>510</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1864</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1924</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1942</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1943</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1953</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1959</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D38" t="s">
+        <v>901</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D42" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2007</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C52" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C55" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2151</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2178</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2194</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2201</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2206</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2211</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2215</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2231</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2235</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2236</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2250</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2259</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2266</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2279</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2284</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2286</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:J65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="J1" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="J2" t="s">
-        <v>37</v>
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>71</v>
+      </c>
+      <c r="J4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>76</v>
+      </c>
+      <c r="H5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I5" t="s">
+        <v>78</v>
+      </c>
+      <c r="J5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+      <c r="I6" t="s">
+        <v>85</v>
+      </c>
+      <c r="J6" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>90</v>
+      </c>
+      <c r="H7" t="s">
+        <v>91</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" t="s">
+        <v>94</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>95</v>
+      </c>
+      <c r="H8" t="s">
+        <v>96</v>
+      </c>
+      <c r="I8" t="s">
+        <v>97</v>
+      </c>
+      <c r="J8" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" t="s">
+        <v>99</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>100</v>
+      </c>
+      <c r="E9" t="s">
+        <v>101</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>102</v>
+      </c>
+      <c r="H9" t="s">
+        <v>103</v>
+      </c>
+      <c r="I9" t="s">
+        <v>85</v>
+      </c>
+      <c r="J9" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>105</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>100</v>
+      </c>
+      <c r="E10" t="s">
+        <v>106</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>107</v>
+      </c>
+      <c r="H10" t="s">
+        <v>108</v>
+      </c>
+      <c r="I10" t="s">
+        <v>109</v>
+      </c>
+      <c r="J10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>111</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>112</v>
+      </c>
+      <c r="E11" t="s">
+        <v>113</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>114</v>
+      </c>
+      <c r="H11" t="s">
+        <v>115</v>
+      </c>
+      <c r="I11" t="s">
+        <v>116</v>
+      </c>
+      <c r="J11" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>119</v>
+      </c>
+      <c r="E12" t="s">
+        <v>120</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>121</v>
+      </c>
+      <c r="H12" t="s">
+        <v>122</v>
+      </c>
+      <c r="I12" t="s">
+        <v>123</v>
+      </c>
+      <c r="J12" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>126</v>
+      </c>
+      <c r="E13" t="s">
+        <v>127</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>128</v>
+      </c>
+      <c r="H13" t="s">
+        <v>129</v>
+      </c>
+      <c r="I13" t="s">
+        <v>85</v>
+      </c>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" t="s">
+        <v>130</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>131</v>
+      </c>
+      <c r="E14" t="s">
+        <v>132</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>133</v>
+      </c>
+      <c r="H14" t="s">
+        <v>134</v>
+      </c>
+      <c r="I14" t="s">
+        <v>135</v>
+      </c>
+      <c r="J14" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" t="s">
+        <v>137</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>138</v>
+      </c>
+      <c r="E15" t="s">
+        <v>139</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>140</v>
+      </c>
+      <c r="H15" t="s">
+        <v>141</v>
+      </c>
+      <c r="I15" t="s">
+        <v>142</v>
+      </c>
+      <c r="J15" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" t="s">
+        <v>144</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>145</v>
+      </c>
+      <c r="E16" t="s">
+        <v>146</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>147</v>
+      </c>
+      <c r="H16" t="s">
+        <v>148</v>
+      </c>
+      <c r="I16" t="s">
+        <v>149</v>
+      </c>
+      <c r="J16" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>152</v>
+      </c>
+      <c r="E17" t="s">
+        <v>153</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>154</v>
+      </c>
+      <c r="H17" t="s">
+        <v>155</v>
+      </c>
+      <c r="I17" t="s">
+        <v>156</v>
+      </c>
+      <c r="J17" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>159</v>
+      </c>
+      <c r="E18" t="s">
+        <v>160</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>161</v>
+      </c>
+      <c r="H18" t="s">
+        <v>162</v>
+      </c>
+      <c r="I18" t="s">
+        <v>163</v>
+      </c>
+      <c r="J18" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s">
+        <v>165</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>166</v>
+      </c>
+      <c r="E19" t="s">
+        <v>167</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>168</v>
+      </c>
+      <c r="H19" t="s">
+        <v>169</v>
+      </c>
+      <c r="I19" t="s">
+        <v>170</v>
+      </c>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" t="s">
+        <v>171</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>166</v>
+      </c>
+      <c r="E20" t="s">
+        <v>172</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>173</v>
+      </c>
+      <c r="H20" t="s">
+        <v>174</v>
+      </c>
+      <c r="I20" t="s">
+        <v>175</v>
+      </c>
+      <c r="J20" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" t="s">
+        <v>177</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>178</v>
+      </c>
+      <c r="E21" t="s">
+        <v>179</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>180</v>
+      </c>
+      <c r="H21" t="s">
+        <v>181</v>
+      </c>
+      <c r="I21" t="s">
+        <v>182</v>
+      </c>
+      <c r="J21" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" t="s">
+        <v>184</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>178</v>
+      </c>
+      <c r="E22" t="s">
+        <v>185</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>186</v>
+      </c>
+      <c r="H22" t="s">
+        <v>187</v>
+      </c>
+      <c r="I22" t="s">
+        <v>182</v>
+      </c>
+      <c r="J22" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>54</v>
+      </c>
+      <c r="B23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>178</v>
+      </c>
+      <c r="E23" t="s">
+        <v>185</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>190</v>
+      </c>
+      <c r="H23" t="s">
+        <v>191</v>
+      </c>
+      <c r="I23" t="s">
+        <v>182</v>
+      </c>
+      <c r="J23" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>178</v>
+      </c>
+      <c r="E24" t="s">
+        <v>185</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>194</v>
+      </c>
+      <c r="H24" t="s">
+        <v>195</v>
+      </c>
+      <c r="I24" t="s">
+        <v>196</v>
+      </c>
+      <c r="J24" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" t="s">
+        <v>198</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>199</v>
+      </c>
+      <c r="E25" t="s">
+        <v>200</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>201</v>
+      </c>
+      <c r="H25" t="s">
+        <v>202</v>
+      </c>
+      <c r="I25" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
+        <v>204</v>
+      </c>
+      <c r="C26" t="s">
+        <v>205</v>
+      </c>
+      <c r="D26" t="s">
+        <v>206</v>
+      </c>
+      <c r="E26" t="s">
+        <v>207</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>208</v>
+      </c>
+      <c r="H26" t="s">
+        <v>209</v>
+      </c>
+      <c r="I26" t="s">
+        <v>205</v>
+      </c>
+      <c r="J26" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" t="s">
+        <v>211</v>
+      </c>
+      <c r="C27" t="s">
+        <v>212</v>
+      </c>
+      <c r="D27" t="s">
+        <v>213</v>
+      </c>
+      <c r="E27" t="s">
+        <v>214</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>215</v>
+      </c>
+      <c r="H27" t="s">
+        <v>216</v>
+      </c>
+      <c r="I27" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>54</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>218</v>
+      </c>
+      <c r="D28" t="s">
+        <v>219</v>
+      </c>
+      <c r="E28" t="s">
+        <v>220</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>221</v>
+      </c>
+      <c r="H28" t="s">
+        <v>222</v>
+      </c>
+      <c r="I28" t="s">
+        <v>218</v>
+      </c>
+      <c r="J28" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" t="s">
+        <v>224</v>
+      </c>
+      <c r="C29" t="s">
+        <v>225</v>
+      </c>
+      <c r="D29" t="s">
+        <v>226</v>
+      </c>
+      <c r="E29" t="s">
+        <v>227</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>228</v>
+      </c>
+      <c r="H29" t="s">
+        <v>229</v>
+      </c>
+      <c r="I29" t="s">
+        <v>225</v>
+      </c>
+      <c r="J29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>226</v>
+      </c>
+      <c r="E30" t="s">
+        <v>230</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>231</v>
+      </c>
+      <c r="H30" t="s">
+        <v>232</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>54</v>
+      </c>
+      <c r="B31" t="s">
+        <v>233</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>234</v>
+      </c>
+      <c r="E31" t="s">
+        <v>235</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>236</v>
+      </c>
+      <c r="H31" t="s">
+        <v>237</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>54</v>
+      </c>
+      <c r="B32" t="s">
+        <v>239</v>
+      </c>
+      <c r="C32" t="s">
+        <v>240</v>
+      </c>
+      <c r="D32" t="s">
+        <v>241</v>
+      </c>
+      <c r="E32" t="s">
+        <v>242</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>243</v>
+      </c>
+      <c r="H32" t="s">
+        <v>244</v>
+      </c>
+      <c r="I32" t="s">
+        <v>240</v>
+      </c>
+      <c r="J32" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>54</v>
+      </c>
+      <c r="B33" t="s">
+        <v>246</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>247</v>
+      </c>
+      <c r="E33" t="s">
+        <v>248</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>249</v>
+      </c>
+      <c r="H33" t="s">
+        <v>250</v>
+      </c>
+      <c r="I33" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>54</v>
+      </c>
+      <c r="B34" t="s">
+        <v>252</v>
+      </c>
+      <c r="C34" t="s">
+        <v>253</v>
+      </c>
+      <c r="D34" t="s">
+        <v>254</v>
+      </c>
+      <c r="E34" t="s">
+        <v>255</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>256</v>
+      </c>
+      <c r="H34" t="s">
+        <v>257</v>
+      </c>
+      <c r="I34" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>54</v>
+      </c>
+      <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>260</v>
+      </c>
+      <c r="E35" t="s">
+        <v>261</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>262</v>
+      </c>
+      <c r="H35" t="s">
+        <v>263</v>
+      </c>
+      <c r="I35" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>54</v>
+      </c>
+      <c r="B36" t="s">
+        <v>265</v>
+      </c>
+      <c r="C36" t="s">
+        <v>266</v>
+      </c>
+      <c r="D36" t="s">
+        <v>267</v>
+      </c>
+      <c r="E36" t="s">
+        <v>268</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>269</v>
+      </c>
+      <c r="H36" t="s">
+        <v>270</v>
+      </c>
+      <c r="I36" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>54</v>
+      </c>
+      <c r="B37" t="s">
+        <v>272</v>
+      </c>
+      <c r="C37" t="s">
+        <v>273</v>
+      </c>
+      <c r="D37" t="s">
+        <v>274</v>
+      </c>
+      <c r="E37" t="s">
+        <v>275</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>276</v>
+      </c>
+      <c r="H37" t="s">
+        <v>277</v>
+      </c>
+      <c r="I37" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>54</v>
+      </c>
+      <c r="B38" t="s">
+        <v>279</v>
+      </c>
+      <c r="C38" t="s">
+        <v>273</v>
+      </c>
+      <c r="D38" t="s">
+        <v>274</v>
+      </c>
+      <c r="E38" t="s">
+        <v>280</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>281</v>
+      </c>
+      <c r="H38" t="s">
+        <v>282</v>
+      </c>
+      <c r="I38" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>54</v>
+      </c>
+      <c r="B39" t="s">
+        <v>283</v>
+      </c>
+      <c r="C39" t="s">
+        <v>284</v>
+      </c>
+      <c r="D39" t="s">
+        <v>285</v>
+      </c>
+      <c r="E39" t="s">
+        <v>286</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>287</v>
+      </c>
+      <c r="H39" t="s">
+        <v>288</v>
+      </c>
+      <c r="I39" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>54</v>
+      </c>
+      <c r="B40" t="s">
+        <v>290</v>
+      </c>
+      <c r="C40" t="s">
+        <v>291</v>
+      </c>
+      <c r="D40" t="s">
+        <v>292</v>
+      </c>
+      <c r="E40" t="s">
+        <v>293</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>294</v>
+      </c>
+      <c r="H40" t="s">
+        <v>295</v>
+      </c>
+      <c r="I40" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>54</v>
+      </c>
+      <c r="B41" t="s">
+        <v>296</v>
+      </c>
+      <c r="C41" t="s">
+        <v>291</v>
+      </c>
+      <c r="D41" t="s">
+        <v>292</v>
+      </c>
+      <c r="E41" t="s">
+        <v>293</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>297</v>
+      </c>
+      <c r="H41" t="s">
+        <v>298</v>
+      </c>
+      <c r="I41" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>54</v>
+      </c>
+      <c r="B42" t="s">
+        <v>299</v>
+      </c>
+      <c r="C42" t="s">
+        <v>300</v>
+      </c>
+      <c r="D42" t="s">
+        <v>301</v>
+      </c>
+      <c r="E42" t="s">
+        <v>302</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>303</v>
+      </c>
+      <c r="H42" t="s">
+        <v>304</v>
+      </c>
+      <c r="I42" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>54</v>
+      </c>
+      <c r="B43" t="s">
+        <v>306</v>
+      </c>
+      <c r="C43" t="s">
+        <v>307</v>
+      </c>
+      <c r="D43" t="s">
+        <v>301</v>
+      </c>
+      <c r="E43" t="s">
+        <v>308</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>309</v>
+      </c>
+      <c r="H43" t="s">
+        <v>310</v>
+      </c>
+      <c r="I43" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>54</v>
+      </c>
+      <c r="B44" t="s">
+        <v>312</v>
+      </c>
+      <c r="C44" t="s">
+        <v>313</v>
+      </c>
+      <c r="D44" t="s">
+        <v>314</v>
+      </c>
+      <c r="E44" t="s">
+        <v>315</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>316</v>
+      </c>
+      <c r="H44" t="s">
+        <v>317</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>54</v>
+      </c>
+      <c r="B45" t="s">
+        <v>319</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>314</v>
+      </c>
+      <c r="E45" t="s">
+        <v>320</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>321</v>
+      </c>
+      <c r="H45" t="s">
+        <v>322</v>
+      </c>
+      <c r="I45" t="s">
+        <v>13</v>
+      </c>
+      <c r="J45" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B46" t="s">
+        <v>324</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>325</v>
+      </c>
+      <c r="E46" t="s">
+        <v>326</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>327</v>
+      </c>
+      <c r="H46" t="s">
+        <v>328</v>
+      </c>
+      <c r="I46" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>54</v>
+      </c>
+      <c r="B47" t="s">
+        <v>330</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>331</v>
+      </c>
+      <c r="E47" t="s">
+        <v>332</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>333</v>
+      </c>
+      <c r="H47" t="s">
+        <v>334</v>
+      </c>
+      <c r="I47" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>54</v>
+      </c>
+      <c r="B48" t="s">
+        <v>217</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>336</v>
+      </c>
+      <c r="E48" t="s">
+        <v>337</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>338</v>
+      </c>
+      <c r="H48" t="s">
+        <v>339</v>
+      </c>
+      <c r="I48" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>54</v>
+      </c>
+      <c r="B49" t="s">
+        <v>341</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>342</v>
+      </c>
+      <c r="E49" t="s">
+        <v>343</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>344</v>
+      </c>
+      <c r="H49" t="s">
+        <v>345</v>
+      </c>
+      <c r="I49" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>54</v>
+      </c>
+      <c r="B50" t="s">
+        <v>347</v>
+      </c>
+      <c r="C50" t="s">
+        <v>348</v>
+      </c>
+      <c r="D50" t="s">
+        <v>349</v>
+      </c>
+      <c r="E50" t="s">
+        <v>350</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>351</v>
+      </c>
+      <c r="H50" t="s">
+        <v>352</v>
+      </c>
+      <c r="I50" t="s">
+        <v>348</v>
+      </c>
+      <c r="J50" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>54</v>
+      </c>
+      <c r="B51" t="s">
+        <v>354</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>355</v>
+      </c>
+      <c r="E51" t="s">
+        <v>356</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>357</v>
+      </c>
+      <c r="H51" t="s">
+        <v>358</v>
+      </c>
+      <c r="I51" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>54</v>
+      </c>
+      <c r="B52" t="s">
+        <v>360</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>355</v>
+      </c>
+      <c r="E52" t="s">
+        <v>361</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>362</v>
+      </c>
+      <c r="H52" t="s">
+        <v>363</v>
+      </c>
+      <c r="I52" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>54</v>
+      </c>
+      <c r="B53" t="s">
+        <v>365</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>355</v>
+      </c>
+      <c r="E53" t="s">
+        <v>366</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>367</v>
+      </c>
+      <c r="H53" t="s">
+        <v>368</v>
+      </c>
+      <c r="I53" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>54</v>
+      </c>
+      <c r="B54" t="s">
+        <v>370</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>355</v>
+      </c>
+      <c r="E54" t="s">
+        <v>371</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>372</v>
+      </c>
+      <c r="H54" t="s">
+        <v>373</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>54</v>
+      </c>
+      <c r="B55" t="s">
+        <v>374</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>355</v>
+      </c>
+      <c r="E55" t="s">
+        <v>375</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>376</v>
+      </c>
+      <c r="H55" t="s">
+        <v>377</v>
+      </c>
+      <c r="I55" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>54</v>
+      </c>
+      <c r="B56" t="s">
+        <v>378</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>355</v>
+      </c>
+      <c r="E56" t="s">
+        <v>379</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>380</v>
+      </c>
+      <c r="H56" t="s">
+        <v>381</v>
+      </c>
+      <c r="I56" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>54</v>
+      </c>
+      <c r="B57" t="s">
+        <v>383</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>355</v>
+      </c>
+      <c r="E57" t="s">
+        <v>384</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>385</v>
+      </c>
+      <c r="H57" t="s">
+        <v>386</v>
+      </c>
+      <c r="I57" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" t="s">
+        <v>387</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>355</v>
+      </c>
+      <c r="E58" t="s">
+        <v>388</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>389</v>
+      </c>
+      <c r="H58" t="s">
+        <v>390</v>
+      </c>
+      <c r="I58" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>54</v>
+      </c>
+      <c r="B59" t="s">
+        <v>391</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>355</v>
+      </c>
+      <c r="E59" t="s">
+        <v>392</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>393</v>
+      </c>
+      <c r="H59" t="s">
+        <v>394</v>
+      </c>
+      <c r="I59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>54</v>
+      </c>
+      <c r="B60" t="s">
+        <v>395</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>396</v>
+      </c>
+      <c r="E60" t="s">
+        <v>396</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>397</v>
+      </c>
+      <c r="H60" t="s">
+        <v>398</v>
+      </c>
+      <c r="I60" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>54</v>
+      </c>
+      <c r="B61" t="s">
+        <v>400</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>396</v>
+      </c>
+      <c r="E61" t="s">
+        <v>396</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>401</v>
+      </c>
+      <c r="H61" t="s">
+        <v>402</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>54</v>
+      </c>
+      <c r="B62" t="s">
+        <v>404</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>396</v>
+      </c>
+      <c r="E62" t="s">
+        <v>396</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>405</v>
+      </c>
+      <c r="H62" t="s">
+        <v>406</v>
+      </c>
+      <c r="I62" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>54</v>
+      </c>
+      <c r="B63" t="s">
+        <v>408</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>409</v>
+      </c>
+      <c r="E63" t="s">
+        <v>409</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>410</v>
+      </c>
+      <c r="H63" t="s">
+        <v>411</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>54</v>
+      </c>
+      <c r="B64" t="s">
+        <v>413</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>414</v>
+      </c>
+      <c r="E64" t="s">
+        <v>414</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>415</v>
+      </c>
+      <c r="H64" t="s">
+        <v>416</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>54</v>
+      </c>
+      <c r="B65" t="s">
+        <v>341</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>418</v>
+      </c>
+      <c r="E65" t="s">
+        <v>418</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>419</v>
+      </c>
+      <c r="H65" t="s">
+        <v>420</v>
+      </c>
+      <c r="I65" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" t="s">
+        <v>346</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>422</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>423</v>
       </c>
       <c r="D2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>424</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>425</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>426</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>427</v>
       </c>
       <c r="C3" t="s">
-        <v>46</v>
+        <v>428</v>
       </c>
       <c r="D3" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>429</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>430</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>431</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>432</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>433</v>
       </c>
       <c r="D4" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>54</v>
+        <v>434</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>55</v>
+        <v>435</v>
       </c>
       <c r="H4" t="s">
-        <v>56</v>
+        <v>436</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B5" t="s">
-        <v>57</v>
+        <v>437</v>
       </c>
       <c r="C5" t="s">
-        <v>58</v>
+        <v>438</v>
       </c>
       <c r="D5" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>60</v>
+        <v>439</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>61</v>
+        <v>440</v>
       </c>
       <c r="H5" t="s">
-        <v>62</v>
+        <v>441</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>442</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>443</v>
       </c>
       <c r="D6" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>66</v>
+        <v>444</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>445</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>446</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>448</v>
       </c>
       <c r="D7" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>449</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>450</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>451</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>452</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>453</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>78</v>
+        <v>454</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>455</v>
       </c>
       <c r="H8" t="s">
-        <v>80</v>
+        <v>456</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>457</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>458</v>
       </c>
       <c r="D9" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>82</v>
+        <v>459</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>83</v>
+        <v>460</v>
       </c>
       <c r="H9" t="s">
-        <v>84</v>
+        <v>461</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>421</v>
+      </c>
+      <c r="B10" t="s">
+        <v>462</v>
+      </c>
+      <c r="C10" t="s">
+        <v>463</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>464</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>465</v>
+      </c>
+      <c r="H10" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>421</v>
+      </c>
+      <c r="B11" t="s">
+        <v>467</v>
+      </c>
+      <c r="C11" t="s">
+        <v>468</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>469</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>470</v>
+      </c>
+      <c r="H11" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>421</v>
+      </c>
+      <c r="B12" t="s">
+        <v>472</v>
+      </c>
+      <c r="C12" t="s">
+        <v>473</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>474</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>475</v>
+      </c>
+      <c r="H12" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>421</v>
+      </c>
+      <c r="B13" t="s">
+        <v>477</v>
+      </c>
+      <c r="C13" t="s">
+        <v>478</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>479</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>480</v>
+      </c>
+      <c r="H13" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>421</v>
+      </c>
+      <c r="B14" t="s">
+        <v>482</v>
+      </c>
+      <c r="C14" t="s">
+        <v>483</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>484</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>485</v>
+      </c>
+      <c r="H14" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>421</v>
+      </c>
+      <c r="B15" t="s">
+        <v>487</v>
+      </c>
+      <c r="C15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>489</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>490</v>
+      </c>
+      <c r="H15" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>421</v>
+      </c>
+      <c r="B16" t="s">
+        <v>492</v>
+      </c>
+      <c r="C16" t="s">
+        <v>493</v>
+      </c>
+      <c r="D16" t="s">
+        <v>494</v>
+      </c>
+      <c r="E16" t="s">
+        <v>495</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>496</v>
+      </c>
+      <c r="H16" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>421</v>
+      </c>
+      <c r="B17" t="s">
+        <v>498</v>
+      </c>
+      <c r="C17" t="s">
+        <v>499</v>
+      </c>
+      <c r="D17" t="s">
+        <v>494</v>
+      </c>
+      <c r="E17" t="s">
+        <v>495</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>500</v>
+      </c>
+      <c r="H17" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>421</v>
+      </c>
+      <c r="B18" t="s">
+        <v>502</v>
+      </c>
+      <c r="C18" t="s">
+        <v>503</v>
+      </c>
+      <c r="D18" t="s">
+        <v>504</v>
+      </c>
+      <c r="E18" t="s">
+        <v>505</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>506</v>
+      </c>
+      <c r="H18" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>421</v>
+      </c>
+      <c r="B19" t="s">
+        <v>508</v>
+      </c>
+      <c r="C19" t="s">
+        <v>509</v>
+      </c>
+      <c r="D19" t="s">
+        <v>510</v>
+      </c>
+      <c r="E19" t="s">
+        <v>511</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>512</v>
+      </c>
+      <c r="H19" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>421</v>
+      </c>
+      <c r="B20" t="s">
+        <v>514</v>
+      </c>
+      <c r="C20" t="s">
+        <v>515</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>516</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>517</v>
+      </c>
+      <c r="H20" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>421</v>
+      </c>
+      <c r="B21" t="s">
+        <v>519</v>
+      </c>
+      <c r="C21" t="s">
+        <v>520</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>521</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>522</v>
+      </c>
+      <c r="H21" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>421</v>
+      </c>
+      <c r="B22" t="s">
+        <v>524</v>
+      </c>
+      <c r="C22" t="s">
+        <v>525</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>521</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>526</v>
+      </c>
+      <c r="H22" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>421</v>
+      </c>
+      <c r="B23" t="s">
+        <v>528</v>
+      </c>
+      <c r="C23" t="s">
+        <v>529</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>521</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>530</v>
+      </c>
+      <c r="H23" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>421</v>
+      </c>
+      <c r="B24" t="s">
+        <v>532</v>
+      </c>
+      <c r="C24" t="s">
+        <v>533</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>521</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>534</v>
+      </c>
+      <c r="H24" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>421</v>
+      </c>
+      <c r="B25" t="s">
+        <v>536</v>
+      </c>
+      <c r="C25" t="s">
+        <v>537</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>521</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>538</v>
+      </c>
+      <c r="H25" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>421</v>
+      </c>
+      <c r="B26" t="s">
+        <v>540</v>
+      </c>
+      <c r="C26" t="s">
+        <v>541</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>521</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>542</v>
+      </c>
+      <c r="H26" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>421</v>
+      </c>
+      <c r="B27" t="s">
+        <v>544</v>
+      </c>
+      <c r="C27" t="s">
+        <v>545</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>546</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>547</v>
+      </c>
+      <c r="H27" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>421</v>
+      </c>
+      <c r="B28" t="s">
+        <v>549</v>
+      </c>
+      <c r="C28" t="s">
+        <v>550</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>551</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>552</v>
+      </c>
+      <c r="H28" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>421</v>
+      </c>
+      <c r="B29" t="s">
+        <v>554</v>
+      </c>
+      <c r="C29" t="s">
+        <v>555</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>556</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>557</v>
+      </c>
+      <c r="H29" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>421</v>
+      </c>
+      <c r="B30" t="s">
+        <v>559</v>
+      </c>
+      <c r="C30" t="s">
+        <v>560</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>561</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>562</v>
+      </c>
+      <c r="H30" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>421</v>
+      </c>
+      <c r="B31" t="s">
+        <v>564</v>
+      </c>
+      <c r="C31" t="s">
+        <v>565</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>566</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>567</v>
+      </c>
+      <c r="H31" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>421</v>
+      </c>
+      <c r="B32" t="s">
+        <v>569</v>
+      </c>
+      <c r="C32" t="s">
+        <v>570</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>571</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>572</v>
+      </c>
+      <c r="H32" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>421</v>
+      </c>
+      <c r="B33" t="s">
+        <v>574</v>
+      </c>
+      <c r="C33" t="s">
+        <v>575</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>571</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>576</v>
+      </c>
+      <c r="H33" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>421</v>
+      </c>
+      <c r="B34" t="s">
+        <v>578</v>
+      </c>
+      <c r="C34" t="s">
+        <v>579</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>580</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>581</v>
+      </c>
+      <c r="H34" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>421</v>
+      </c>
+      <c r="B35" t="s">
+        <v>583</v>
+      </c>
+      <c r="C35" t="s">
+        <v>584</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>580</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>585</v>
+      </c>
+      <c r="H35" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>421</v>
+      </c>
+      <c r="B36" t="s">
+        <v>587</v>
+      </c>
+      <c r="C36" t="s">
+        <v>588</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>580</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>589</v>
+      </c>
+      <c r="H36" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>421</v>
+      </c>
+      <c r="B37" t="s">
+        <v>591</v>
+      </c>
+      <c r="C37" t="s">
+        <v>592</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>580</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>593</v>
+      </c>
+      <c r="H37" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>421</v>
+      </c>
+      <c r="B38" t="s">
+        <v>595</v>
+      </c>
+      <c r="C38" t="s">
+        <v>596</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>597</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>598</v>
+      </c>
+      <c r="H38" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>421</v>
+      </c>
+      <c r="B39" t="s">
+        <v>600</v>
+      </c>
+      <c r="C39" t="s">
+        <v>601</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>602</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>603</v>
+      </c>
+      <c r="H39" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>421</v>
+      </c>
+      <c r="B40" t="s">
+        <v>605</v>
+      </c>
+      <c r="C40" t="s">
+        <v>606</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>607</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>608</v>
+      </c>
+      <c r="H40" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>421</v>
+      </c>
+      <c r="B41" t="s">
+        <v>610</v>
+      </c>
+      <c r="C41" t="s">
+        <v>611</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>612</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>613</v>
+      </c>
+      <c r="H41" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>421</v>
+      </c>
+      <c r="B42" t="s">
+        <v>615</v>
+      </c>
+      <c r="C42" t="s">
+        <v>616</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>612</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>617</v>
+      </c>
+      <c r="H42" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>421</v>
+      </c>
+      <c r="B43" t="s">
+        <v>619</v>
+      </c>
+      <c r="C43" t="s">
+        <v>620</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>621</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>622</v>
+      </c>
+      <c r="H43" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>421</v>
+      </c>
+      <c r="B44" t="s">
+        <v>624</v>
+      </c>
+      <c r="C44" t="s">
+        <v>625</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>621</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>626</v>
+      </c>
+      <c r="H44" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>421</v>
+      </c>
+      <c r="B45" t="s">
+        <v>628</v>
+      </c>
+      <c r="C45" t="s">
+        <v>629</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>630</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>631</v>
+      </c>
+      <c r="H45" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>421</v>
+      </c>
+      <c r="B46" t="s">
+        <v>633</v>
+      </c>
+      <c r="C46" t="s">
+        <v>634</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>630</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>635</v>
+      </c>
+      <c r="H46" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>421</v>
+      </c>
+      <c r="B47" t="s">
+        <v>637</v>
+      </c>
+      <c r="C47" t="s">
+        <v>638</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>639</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>640</v>
+      </c>
+      <c r="H47" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>421</v>
+      </c>
+      <c r="B48" t="s">
+        <v>642</v>
+      </c>
+      <c r="C48" t="s">
+        <v>643</v>
+      </c>
+      <c r="D48" t="s">
+        <v>644</v>
+      </c>
+      <c r="E48" t="s">
+        <v>645</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>646</v>
+      </c>
+      <c r="H48" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>421</v>
+      </c>
+      <c r="B49" t="s">
+        <v>648</v>
+      </c>
+      <c r="C49" t="s">
+        <v>649</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>650</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>651</v>
+      </c>
+      <c r="H49" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>421</v>
+      </c>
+      <c r="B50" t="s">
+        <v>653</v>
+      </c>
+      <c r="C50" t="s">
+        <v>654</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>655</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>656</v>
+      </c>
+      <c r="H50" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>421</v>
+      </c>
+      <c r="B51" t="s">
+        <v>658</v>
+      </c>
+      <c r="C51" t="s">
+        <v>659</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>660</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>661</v>
+      </c>
+      <c r="H51" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>421</v>
+      </c>
+      <c r="B52" t="s">
+        <v>663</v>
+      </c>
+      <c r="C52" t="s">
+        <v>664</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>665</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>666</v>
+      </c>
+      <c r="H52" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>421</v>
+      </c>
+      <c r="B53" t="s">
+        <v>668</v>
+      </c>
+      <c r="C53" t="s">
+        <v>669</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>670</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>671</v>
+      </c>
+      <c r="H53" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>421</v>
+      </c>
+      <c r="B54" t="s">
+        <v>673</v>
+      </c>
+      <c r="C54" t="s">
+        <v>674</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>675</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>676</v>
+      </c>
+      <c r="H54" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>421</v>
+      </c>
+      <c r="B55" t="s">
+        <v>678</v>
+      </c>
+      <c r="C55" t="s">
+        <v>679</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>680</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>681</v>
+      </c>
+      <c r="H55" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>421</v>
+      </c>
+      <c r="B56" t="s">
+        <v>683</v>
+      </c>
+      <c r="C56" t="s">
+        <v>684</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>685</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>686</v>
+      </c>
+      <c r="H56" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>421</v>
+      </c>
+      <c r="B57" t="s">
+        <v>688</v>
+      </c>
+      <c r="C57" t="s">
+        <v>689</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>690</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>691</v>
+      </c>
+      <c r="H57" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>421</v>
+      </c>
+      <c r="B58" t="s">
+        <v>693</v>
+      </c>
+      <c r="C58" t="s">
+        <v>694</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>695</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>696</v>
+      </c>
+      <c r="H58" t="s">
+        <v>697</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>698</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>700</v>
       </c>
       <c r="C2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>701</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>702</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
+        <v>703</v>
+      </c>
+      <c r="I2" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B3" t="s">
-        <v>92</v>
+        <v>705</v>
       </c>
       <c r="C3" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>706</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>707</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
+        <v>708</v>
+      </c>
+      <c r="I3" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>709</v>
       </c>
       <c r="C4" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>101</v>
+        <v>710</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>102</v>
+        <v>711</v>
       </c>
       <c r="H4" t="s">
-        <v>103</v>
+        <v>712</v>
+      </c>
+      <c r="I4" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B5" t="s">
-        <v>104</v>
+        <v>713</v>
       </c>
       <c r="C5" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>107</v>
+        <v>714</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>108</v>
+        <v>715</v>
       </c>
       <c r="H5" t="s">
-        <v>109</v>
+        <v>716</v>
+      </c>
+      <c r="I5" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B6" t="s">
-        <v>110</v>
+        <v>718</v>
       </c>
       <c r="C6" t="s">
-        <v>111</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>113</v>
+        <v>719</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>114</v>
+        <v>720</v>
       </c>
       <c r="H6" t="s">
-        <v>115</v>
+        <v>721</v>
+      </c>
+      <c r="I6" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B7" t="s">
-        <v>116</v>
+        <v>722</v>
       </c>
       <c r="C7" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>119</v>
+        <v>723</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>120</v>
+        <v>724</v>
       </c>
       <c r="H7" t="s">
-        <v>121</v>
+        <v>725</v>
+      </c>
+      <c r="I7" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B8" t="s">
-        <v>122</v>
+        <v>726</v>
       </c>
       <c r="C8" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>119</v>
+        <v>727</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>124</v>
+        <v>728</v>
       </c>
       <c r="H8" t="s">
-        <v>125</v>
+        <v>729</v>
+      </c>
+      <c r="I8" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B9" t="s">
-        <v>126</v>
+        <v>730</v>
       </c>
       <c r="C9" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>129</v>
+        <v>731</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>130</v>
+        <v>732</v>
       </c>
       <c r="H9" t="s">
-        <v>131</v>
+        <v>733</v>
+      </c>
+      <c r="I9" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B10" t="s">
-        <v>132</v>
+        <v>734</v>
       </c>
       <c r="C10" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>134</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>135</v>
+        <v>735</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>136</v>
+        <v>736</v>
       </c>
       <c r="H10" t="s">
-        <v>137</v>
+        <v>737</v>
+      </c>
+      <c r="I10" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B11" t="s">
-        <v>138</v>
+        <v>738</v>
       </c>
       <c r="C11" t="s">
-        <v>139</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>141</v>
+        <v>739</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>142</v>
+        <v>740</v>
       </c>
       <c r="H11" t="s">
-        <v>143</v>
+        <v>741</v>
+      </c>
+      <c r="I11" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B12" t="s">
-        <v>144</v>
+        <v>742</v>
       </c>
       <c r="C12" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>147</v>
+        <v>743</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>148</v>
+        <v>744</v>
       </c>
       <c r="H12" t="s">
-        <v>149</v>
+        <v>745</v>
+      </c>
+      <c r="I12" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B13" t="s">
-        <v>150</v>
+        <v>746</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>151</v>
+        <v>747</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>152</v>
+        <v>748</v>
       </c>
       <c r="H13" t="s">
-        <v>153</v>
+        <v>749</v>
+      </c>
+      <c r="I13" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B14" t="s">
-        <v>154</v>
+        <v>750</v>
       </c>
       <c r="C14" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>157</v>
+        <v>751</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>158</v>
+        <v>752</v>
       </c>
       <c r="H14" t="s">
-        <v>159</v>
+        <v>753</v>
+      </c>
+      <c r="I14" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B15" t="s">
-        <v>160</v>
+        <v>754</v>
       </c>
       <c r="C15" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>163</v>
+        <v>755</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>164</v>
+        <v>756</v>
       </c>
       <c r="H15" t="s">
-        <v>165</v>
+        <v>757</v>
+      </c>
+      <c r="I15" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B16" t="s">
-        <v>166</v>
+        <v>758</v>
       </c>
       <c r="C16" t="s">
-        <v>167</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>169</v>
+        <v>759</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>170</v>
+        <v>760</v>
       </c>
       <c r="H16" t="s">
-        <v>171</v>
+        <v>761</v>
+      </c>
+      <c r="I16" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B17" t="s">
-        <v>172</v>
+        <v>762</v>
       </c>
       <c r="C17" t="s">
-        <v>173</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>174</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>174</v>
+        <v>763</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>175</v>
+        <v>764</v>
       </c>
       <c r="H17" t="s">
-        <v>176</v>
+        <v>765</v>
+      </c>
+      <c r="I17" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B18" t="s">
-        <v>177</v>
+        <v>766</v>
       </c>
       <c r="C18" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>179</v>
+        <v>767</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>180</v>
+        <v>768</v>
       </c>
       <c r="H18" t="s">
-        <v>181</v>
+        <v>769</v>
+      </c>
+      <c r="I18" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B19" t="s">
-        <v>182</v>
+        <v>770</v>
       </c>
       <c r="C19" t="s">
-        <v>183</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>184</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>185</v>
+        <v>771</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>186</v>
+        <v>772</v>
       </c>
       <c r="H19" t="s">
-        <v>187</v>
+        <v>773</v>
+      </c>
+      <c r="I19" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B20" t="s">
-        <v>188</v>
+        <v>774</v>
       </c>
       <c r="C20" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>191</v>
+        <v>775</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>192</v>
+        <v>776</v>
       </c>
       <c r="H20" t="s">
-        <v>193</v>
+        <v>777</v>
+      </c>
+      <c r="I20" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B21" t="s">
-        <v>194</v>
+        <v>778</v>
       </c>
       <c r="C21" t="s">
-        <v>195</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>197</v>
+        <v>779</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>198</v>
+        <v>780</v>
       </c>
       <c r="H21" t="s">
-        <v>199</v>
+        <v>781</v>
+      </c>
+      <c r="I21" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>85</v>
+        <v>699</v>
       </c>
       <c r="B22" t="s">
-        <v>200</v>
+        <v>782</v>
       </c>
       <c r="C22" t="s">
-        <v>201</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>203</v>
+        <v>783</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>204</v>
+        <v>784</v>
       </c>
       <c r="H22" t="s">
-        <v>205</v>
+        <v>785</v>
+      </c>
+      <c r="I22" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>699</v>
+      </c>
+      <c r="B23" t="s">
+        <v>786</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>787</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>788</v>
+      </c>
+      <c r="H23" t="s">
+        <v>789</v>
+      </c>
+      <c r="I23" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>699</v>
+      </c>
+      <c r="B24" t="s">
+        <v>790</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>791</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>792</v>
+      </c>
+      <c r="H24" t="s">
+        <v>793</v>
+      </c>
+      <c r="I24" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>699</v>
+      </c>
+      <c r="B25" t="s">
+        <v>700</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>794</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>795</v>
+      </c>
+      <c r="H25" t="s">
+        <v>796</v>
+      </c>
+      <c r="I25" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>699</v>
+      </c>
+      <c r="B26" t="s">
+        <v>797</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>798</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>799</v>
+      </c>
+      <c r="H26" t="s">
+        <v>800</v>
+      </c>
+      <c r="I26" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>699</v>
+      </c>
+      <c r="B27" t="s">
+        <v>801</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>802</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>803</v>
+      </c>
+      <c r="H27" t="s">
+        <v>804</v>
+      </c>
+      <c r="I27" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>699</v>
+      </c>
+      <c r="B28" t="s">
+        <v>805</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>806</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>807</v>
+      </c>
+      <c r="H28" t="s">
+        <v>808</v>
+      </c>
+      <c r="I28" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>699</v>
+      </c>
+      <c r="B29" t="s">
+        <v>809</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>810</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>811</v>
+      </c>
+      <c r="H29" t="s">
+        <v>812</v>
+      </c>
+      <c r="I29" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>699</v>
+      </c>
+      <c r="B30" t="s">
+        <v>813</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>814</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>815</v>
+      </c>
+      <c r="H30" t="s">
+        <v>816</v>
+      </c>
+      <c r="I30" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>699</v>
+      </c>
+      <c r="B31" t="s">
+        <v>817</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>818</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>819</v>
+      </c>
+      <c r="H31" t="s">
+        <v>820</v>
+      </c>
+      <c r="I31" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>699</v>
+      </c>
+      <c r="B32" t="s">
+        <v>821</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>822</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>823</v>
+      </c>
+      <c r="H32" t="s">
+        <v>824</v>
+      </c>
+      <c r="I32" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>699</v>
+      </c>
+      <c r="B33" t="s">
+        <v>825</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>826</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>827</v>
+      </c>
+      <c r="H33" t="s">
+        <v>828</v>
+      </c>
+      <c r="I33" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>699</v>
+      </c>
+      <c r="B34" t="s">
+        <v>829</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>830</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>831</v>
+      </c>
+      <c r="H34" t="s">
+        <v>832</v>
+      </c>
+      <c r="I34" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>699</v>
+      </c>
+      <c r="B35" t="s">
+        <v>833</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>834</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>835</v>
+      </c>
+      <c r="H35" t="s">
+        <v>836</v>
+      </c>
+      <c r="I35" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>699</v>
+      </c>
+      <c r="B36" t="s">
+        <v>837</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>838</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>839</v>
+      </c>
+      <c r="H36" t="s">
+        <v>840</v>
+      </c>
+      <c r="I36" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>699</v>
+      </c>
+      <c r="B37" t="s">
+        <v>841</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>842</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>843</v>
+      </c>
+      <c r="H37" t="s">
+        <v>844</v>
+      </c>
+      <c r="I37" t="s">
+        <v>704</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>206</v>
+        <v>845</v>
       </c>
       <c r="B2" t="s">
-        <v>207</v>
+        <v>846</v>
       </c>
       <c r="C2" t="s">
-        <v>208</v>
+        <v>847</v>
       </c>
       <c r="D2" t="s">
-        <v>209</v>
+        <v>848</v>
       </c>
       <c r="E2" t="s">
-        <v>210</v>
+        <v>849</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>211</v>
+        <v>850</v>
       </c>
       <c r="H2" t="s">
-        <v>212</v>
+        <v>851</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>845</v>
+      </c>
+      <c r="B3" t="s">
+        <v>852</v>
+      </c>
+      <c r="C3" t="s">
+        <v>853</v>
+      </c>
+      <c r="D3" t="s">
+        <v>854</v>
+      </c>
+      <c r="E3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>856</v>
+      </c>
+      <c r="H3" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>845</v>
+      </c>
+      <c r="B4" t="s">
+        <v>858</v>
+      </c>
+      <c r="C4" t="s">
+        <v>859</v>
+      </c>
+      <c r="D4" t="s">
+        <v>860</v>
+      </c>
+      <c r="E4" t="s">
+        <v>861</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>862</v>
+      </c>
+      <c r="H4" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>845</v>
+      </c>
+      <c r="B5" t="s">
+        <v>864</v>
+      </c>
+      <c r="C5" t="s">
+        <v>865</v>
+      </c>
+      <c r="D5" t="s">
+        <v>866</v>
+      </c>
+      <c r="E5" t="s">
+        <v>867</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>868</v>
+      </c>
+      <c r="H5" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>845</v>
+      </c>
+      <c r="B6" t="s">
+        <v>870</v>
+      </c>
+      <c r="C6" t="s">
+        <v>871</v>
+      </c>
+      <c r="D6" t="s">
+        <v>872</v>
+      </c>
+      <c r="E6" t="s">
+        <v>873</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>874</v>
+      </c>
+      <c r="H6" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>845</v>
+      </c>
+      <c r="B7" t="s">
+        <v>876</v>
+      </c>
+      <c r="C7" t="s">
+        <v>877</v>
+      </c>
+      <c r="D7" t="s">
+        <v>878</v>
+      </c>
+      <c r="E7" t="s">
+        <v>879</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>880</v>
+      </c>
+      <c r="H7" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>845</v>
+      </c>
+      <c r="B8" t="s">
+        <v>882</v>
+      </c>
+      <c r="C8" t="s">
+        <v>883</v>
+      </c>
+      <c r="D8" t="s">
+        <v>884</v>
+      </c>
+      <c r="E8" t="s">
+        <v>885</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>886</v>
+      </c>
+      <c r="H8" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>845</v>
+      </c>
+      <c r="B9" t="s">
+        <v>888</v>
+      </c>
+      <c r="C9" t="s">
+        <v>889</v>
+      </c>
+      <c r="D9" t="s">
+        <v>890</v>
+      </c>
+      <c r="E9" t="s">
+        <v>891</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>892</v>
+      </c>
+      <c r="H9" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>845</v>
+      </c>
+      <c r="B10" t="s">
+        <v>894</v>
+      </c>
+      <c r="C10" t="s">
+        <v>895</v>
+      </c>
+      <c r="D10" t="s">
+        <v>896</v>
+      </c>
+      <c r="E10" t="s">
+        <v>897</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>898</v>
+      </c>
+      <c r="H10" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>845</v>
+      </c>
+      <c r="B11" t="s">
+        <v>900</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>901</v>
+      </c>
+      <c r="E11" t="s">
+        <v>902</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>903</v>
+      </c>
+      <c r="H11" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>845</v>
+      </c>
+      <c r="B12" t="s">
+        <v>905</v>
+      </c>
+      <c r="C12" t="s">
+        <v>906</v>
+      </c>
+      <c r="D12" t="s">
+        <v>907</v>
+      </c>
+      <c r="E12" t="s">
+        <v>908</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>909</v>
+      </c>
+      <c r="H12" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>845</v>
+      </c>
+      <c r="B13" t="s">
+        <v>911</v>
+      </c>
+      <c r="C13" t="s">
+        <v>912</v>
+      </c>
+      <c r="D13" t="s">
+        <v>913</v>
+      </c>
+      <c r="E13" t="s">
+        <v>914</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>915</v>
+      </c>
+      <c r="H13" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>845</v>
+      </c>
+      <c r="B14" t="s">
+        <v>917</v>
+      </c>
+      <c r="C14" t="s">
+        <v>918</v>
+      </c>
+      <c r="D14" t="s">
+        <v>919</v>
+      </c>
+      <c r="E14" t="s">
+        <v>920</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>921</v>
+      </c>
+      <c r="H14" t="s">
+        <v>922</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B2" t="s">
-        <v>214</v>
+        <v>924</v>
       </c>
       <c r="C2" t="s">
-        <v>215</v>
+        <v>925</v>
       </c>
       <c r="D2" t="s">
-        <v>216</v>
+        <v>926</v>
       </c>
       <c r="E2" t="s">
-        <v>217</v>
+        <v>927</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>218</v>
+        <v>928</v>
       </c>
       <c r="H2" t="s">
-        <v>219</v>
+        <v>929</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B3" t="s">
-        <v>220</v>
+        <v>930</v>
       </c>
       <c r="C3" t="s">
-        <v>221</v>
+        <v>931</v>
       </c>
       <c r="D3" t="s">
-        <v>222</v>
+        <v>932</v>
       </c>
       <c r="E3" t="s">
-        <v>223</v>
+        <v>933</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>224</v>
+        <v>934</v>
       </c>
       <c r="H3" t="s">
-        <v>225</v>
+        <v>935</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B4" t="s">
-        <v>226</v>
+        <v>936</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>937</v>
       </c>
       <c r="D4" t="s">
-        <v>228</v>
+        <v>938</v>
       </c>
       <c r="E4" t="s">
-        <v>229</v>
+        <v>939</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>230</v>
+        <v>940</v>
       </c>
       <c r="H4" t="s">
-        <v>231</v>
+        <v>941</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B5" t="s">
-        <v>232</v>
+        <v>942</v>
       </c>
       <c r="C5" t="s">
-        <v>233</v>
+        <v>943</v>
       </c>
       <c r="D5" t="s">
-        <v>234</v>
+        <v>944</v>
       </c>
       <c r="E5" t="s">
-        <v>235</v>
+        <v>945</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>236</v>
+        <v>946</v>
       </c>
       <c r="H5" t="s">
-        <v>237</v>
+        <v>947</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B6" t="s">
-        <v>238</v>
+        <v>948</v>
       </c>
       <c r="C6" t="s">
-        <v>239</v>
+        <v>949</v>
       </c>
       <c r="D6" t="s">
-        <v>240</v>
+        <v>950</v>
       </c>
       <c r="E6" t="s">
-        <v>241</v>
+        <v>951</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>242</v>
+        <v>952</v>
       </c>
       <c r="H6" t="s">
-        <v>243</v>
+        <v>953</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B7" t="s">
-        <v>244</v>
+        <v>954</v>
       </c>
       <c r="C7" t="s">
-        <v>245</v>
+        <v>955</v>
       </c>
       <c r="D7" t="s">
-        <v>246</v>
+        <v>956</v>
       </c>
       <c r="E7" t="s">
-        <v>247</v>
+        <v>957</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>248</v>
+        <v>958</v>
       </c>
       <c r="H7" t="s">
-        <v>249</v>
+        <v>959</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B8" t="s">
-        <v>250</v>
+        <v>960</v>
       </c>
       <c r="C8" t="s">
-        <v>251</v>
+        <v>961</v>
       </c>
       <c r="D8" t="s">
-        <v>252</v>
+        <v>962</v>
       </c>
       <c r="E8" t="s">
-        <v>253</v>
+        <v>963</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>254</v>
+        <v>964</v>
       </c>
       <c r="H8" t="s">
-        <v>255</v>
+        <v>965</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B9" t="s">
-        <v>244</v>
+        <v>966</v>
       </c>
       <c r="C9" t="s">
-        <v>245</v>
+        <v>967</v>
       </c>
       <c r="D9" t="s">
-        <v>256</v>
+        <v>962</v>
       </c>
       <c r="E9" t="s">
-        <v>257</v>
+        <v>968</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>258</v>
+        <v>969</v>
       </c>
       <c r="H9" t="s">
-        <v>259</v>
+        <v>970</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B10" t="s">
-        <v>260</v>
+        <v>971</v>
       </c>
       <c r="C10" t="s">
-        <v>261</v>
+        <v>972</v>
       </c>
       <c r="D10" t="s">
-        <v>262</v>
+        <v>973</v>
       </c>
       <c r="E10" t="s">
-        <v>263</v>
+        <v>974</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>264</v>
+        <v>975</v>
       </c>
       <c r="H10" t="s">
-        <v>265</v>
+        <v>976</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B11" t="s">
-        <v>266</v>
+        <v>977</v>
       </c>
       <c r="C11" t="s">
-        <v>267</v>
+        <v>978</v>
       </c>
       <c r="D11" t="s">
-        <v>268</v>
+        <v>973</v>
       </c>
       <c r="E11" t="s">
-        <v>269</v>
+        <v>979</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>270</v>
+        <v>980</v>
       </c>
       <c r="H11" t="s">
-        <v>271</v>
+        <v>981</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B12" t="s">
-        <v>272</v>
+        <v>982</v>
       </c>
       <c r="C12" t="s">
-        <v>273</v>
+        <v>983</v>
       </c>
       <c r="D12" t="s">
-        <v>274</v>
+        <v>984</v>
       </c>
       <c r="E12" t="s">
-        <v>275</v>
+        <v>985</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>276</v>
+        <v>986</v>
       </c>
       <c r="H12" t="s">
-        <v>277</v>
+        <v>987</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B13" t="s">
-        <v>278</v>
+        <v>988</v>
       </c>
       <c r="C13" t="s">
-        <v>279</v>
+        <v>989</v>
       </c>
       <c r="D13" t="s">
-        <v>280</v>
+        <v>990</v>
       </c>
       <c r="E13" t="s">
-        <v>281</v>
+        <v>991</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>282</v>
+        <v>992</v>
       </c>
       <c r="H13" t="s">
-        <v>283</v>
+        <v>993</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B14" t="s">
-        <v>284</v>
+        <v>994</v>
       </c>
       <c r="C14" t="s">
-        <v>285</v>
+        <v>995</v>
       </c>
       <c r="D14" t="s">
-        <v>286</v>
+        <v>996</v>
       </c>
       <c r="E14" t="s">
-        <v>287</v>
+        <v>997</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>288</v>
+        <v>998</v>
       </c>
       <c r="H14" t="s">
-        <v>289</v>
+        <v>999</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B15" t="s">
-        <v>290</v>
+        <v>1000</v>
       </c>
       <c r="C15" t="s">
-        <v>291</v>
+        <v>1001</v>
       </c>
       <c r="D15" t="s">
-        <v>292</v>
+        <v>1002</v>
       </c>
       <c r="E15" t="s">
-        <v>293</v>
+        <v>1003</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>294</v>
+        <v>1004</v>
       </c>
       <c r="H15" t="s">
-        <v>295</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B16" t="s">
-        <v>296</v>
+        <v>1006</v>
       </c>
       <c r="C16" t="s">
-        <v>297</v>
+        <v>1007</v>
       </c>
       <c r="D16" t="s">
-        <v>298</v>
+        <v>1008</v>
       </c>
       <c r="E16" t="s">
-        <v>299</v>
+        <v>1009</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>300</v>
+        <v>1010</v>
       </c>
       <c r="H16" t="s">
-        <v>301</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B17" t="s">
-        <v>302</v>
+        <v>1012</v>
       </c>
       <c r="C17" t="s">
-        <v>303</v>
+        <v>1013</v>
       </c>
       <c r="D17" t="s">
-        <v>304</v>
+        <v>1014</v>
       </c>
       <c r="E17" t="s">
-        <v>305</v>
+        <v>1015</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>306</v>
+        <v>1016</v>
       </c>
       <c r="H17" t="s">
-        <v>307</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B18" t="s">
-        <v>308</v>
+        <v>1018</v>
       </c>
       <c r="C18" t="s">
-        <v>309</v>
+        <v>1019</v>
       </c>
       <c r="D18" t="s">
-        <v>310</v>
+        <v>1020</v>
       </c>
       <c r="E18" t="s">
-        <v>311</v>
+        <v>1021</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>312</v>
+        <v>1022</v>
       </c>
       <c r="H18" t="s">
-        <v>313</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B19" t="s">
-        <v>314</v>
+        <v>1024</v>
       </c>
       <c r="C19" t="s">
-        <v>315</v>
+        <v>1025</v>
       </c>
       <c r="D19" t="s">
-        <v>316</v>
+        <v>1026</v>
       </c>
       <c r="E19" t="s">
-        <v>317</v>
+        <v>1027</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>318</v>
+        <v>1028</v>
       </c>
       <c r="H19" t="s">
-        <v>319</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B20" t="s">
-        <v>320</v>
+        <v>1030</v>
       </c>
       <c r="C20" t="s">
-        <v>321</v>
+        <v>1031</v>
       </c>
       <c r="D20" t="s">
-        <v>322</v>
+        <v>1032</v>
       </c>
       <c r="E20" t="s">
-        <v>323</v>
+        <v>1033</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>324</v>
+        <v>1034</v>
       </c>
       <c r="H20" t="s">
-        <v>325</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B21" t="s">
-        <v>326</v>
+        <v>1036</v>
       </c>
       <c r="C21" t="s">
-        <v>327</v>
+        <v>1037</v>
       </c>
       <c r="D21" t="s">
-        <v>328</v>
+        <v>1038</v>
       </c>
       <c r="E21" t="s">
-        <v>329</v>
+        <v>1039</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>330</v>
+        <v>1040</v>
       </c>
       <c r="H21" t="s">
-        <v>331</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B22" t="s">
-        <v>332</v>
+        <v>1042</v>
       </c>
       <c r="C22" t="s">
-        <v>327</v>
+        <v>1043</v>
       </c>
       <c r="D22" t="s">
-        <v>333</v>
+        <v>1044</v>
       </c>
       <c r="E22" t="s">
-        <v>334</v>
+        <v>1045</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>335</v>
+        <v>1046</v>
       </c>
       <c r="H22" t="s">
-        <v>336</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B23" t="s">
-        <v>337</v>
+        <v>1048</v>
       </c>
       <c r="C23" t="s">
-        <v>327</v>
+        <v>1049</v>
       </c>
       <c r="D23" t="s">
-        <v>338</v>
+        <v>1050</v>
       </c>
       <c r="E23" t="s">
-        <v>339</v>
+        <v>1051</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>340</v>
+        <v>1052</v>
       </c>
       <c r="H23" t="s">
-        <v>341</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>213</v>
+        <v>923</v>
       </c>
       <c r="B24" t="s">
-        <v>342</v>
+        <v>1054</v>
       </c>
       <c r="C24" t="s">
-        <v>343</v>
+        <v>1055</v>
       </c>
       <c r="D24" t="s">
-        <v>344</v>
+        <v>1056</v>
       </c>
       <c r="E24" t="s">
-        <v>345</v>
+        <v>1057</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>346</v>
+        <v>1058</v>
       </c>
       <c r="H24" t="s">
-        <v>347</v>
+        <v>1059</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>349</v>
+        <v>1060</v>
       </c>
       <c r="B2" t="s">
-        <v>350</v>
+        <v>1061</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1062</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>351</v>
+        <v>1063</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>352</v>
+        <v>1064</v>
       </c>
       <c r="H2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1092</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>355</v>
+        <v>1093</v>
       </c>
       <c r="B2" t="s">
-        <v>356</v>
+        <v>1094</v>
       </c>
       <c r="C2" t="s">
-        <v>357</v>
+        <v>1095</v>
       </c>
       <c r="D2" t="s">
-        <v>358</v>
+        <v>1096</v>
       </c>
       <c r="E2" t="s">
-        <v>359</v>
+        <v>1097</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>360</v>
+        <v>1098</v>
       </c>
       <c r="H2" t="s">
-        <v>361</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>355</v>
+        <v>1093</v>
       </c>
       <c r="B3" t="s">
-        <v>362</v>
+        <v>1100</v>
       </c>
       <c r="C3" t="s">
-        <v>363</v>
+        <v>1101</v>
       </c>
       <c r="D3" t="s">
-        <v>364</v>
+        <v>1102</v>
       </c>
       <c r="E3" t="s">
-        <v>365</v>
+        <v>1103</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>366</v>
+        <v>1104</v>
       </c>
       <c r="H3" t="s">
-        <v>367</v>
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>368</v>
+        <v>1261</v>
       </c>
       <c r="B2" t="s">
-        <v>369</v>
+        <v>1262</v>
       </c>
       <c r="C2" t="s">
-        <v>370</v>
+        <v>1263</v>
       </c>
       <c r="D2" t="s">
-        <v>371</v>
+        <v>1264</v>
       </c>
       <c r="E2" t="s">
-        <v>372</v>
+        <v>1265</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>373</v>
+        <v>1266</v>
       </c>
       <c r="H2" t="s">
-        <v>374</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>368</v>
+        <v>1261</v>
       </c>
       <c r="B3" t="s">
-        <v>375</v>
+        <v>1268</v>
       </c>
       <c r="C3" t="s">
-        <v>376</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>377</v>
+        <v>1269</v>
       </c>
       <c r="E3" t="s">
-        <v>378</v>
+        <v>1270</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>379</v>
+        <v>1271</v>
       </c>
       <c r="H3" t="s">
-        <v>380</v>
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1291</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E8" t="s">
+        <v>469</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D11" t="s">
+        <v>938</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1491</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1598</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1724</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>