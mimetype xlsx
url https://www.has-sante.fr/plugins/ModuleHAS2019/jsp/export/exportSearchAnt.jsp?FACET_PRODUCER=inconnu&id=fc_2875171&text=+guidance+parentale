--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -39,51 +39,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="858" uniqueCount="539">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="874" uniqueCount="549">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -830,50 +830,65 @@
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
   </si>
   <si>
     <t>p_3294989</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Générique Polyhandicap</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>24/06/2020 08:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
   </si>
   <si>
     <t>p_3187081</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
@@ -909,50 +924,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
   </si>
   <si>
     <t>p_3301604</t>
   </si>
   <si>
     <t>Epilepsies vitamino-sensibles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Syndrome de Turner</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/11/2021 00:00:00</t>
   </si>
@@ -2014,268 +2044,268 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="B2" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="H2" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="B3" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="H3" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="B4" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="C4" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="H4" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="B5" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="C5" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="H5" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="B2" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="C2" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="H2" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="B3" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="C3" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="H3" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="B4" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="C4" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="H4" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3140,51 +3170,51 @@
       </c>
       <c r="D34" t="s">
         <v>248</v>
       </c>
       <c r="E34" t="s">
         <v>249</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>250</v>
       </c>
       <c r="H34" t="s">
         <v>251</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3261,103 +3291,103 @@
       </c>
       <c r="E4" t="s">
         <v>265</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>266</v>
       </c>
       <c r="H4" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>252</v>
       </c>
       <c r="B5" t="s">
         <v>268</v>
       </c>
       <c r="C5" t="s">
         <v>269</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>270</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>271</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>252</v>
       </c>
       <c r="B6" t="s">
+        <v>273</v>
+      </c>
+      <c r="C6" t="s">
         <v>274</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>275</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>276</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>277</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>252</v>
       </c>
       <c r="B7" t="s">
+        <v>279</v>
+      </c>
+      <c r="C7" t="s">
         <v>280</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>282</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>283</v>
       </c>
       <c r="H7" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>252</v>
       </c>
       <c r="B8" t="s">
         <v>285</v>
       </c>
       <c r="C8" t="s">
         <v>286</v>
       </c>
       <c r="D8" t="s">
@@ -3420,103 +3450,103 @@
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>298</v>
       </c>
       <c r="H10" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>252</v>
       </c>
       <c r="B11" t="s">
         <v>300</v>
       </c>
       <c r="C11" t="s">
         <v>301</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H11" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>252</v>
       </c>
       <c r="B12" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C12" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H12" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>252</v>
       </c>
       <c r="B13" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C13" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>312</v>
       </c>
       <c r="H13" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>252</v>
       </c>
       <c r="B14" t="s">
         <v>314</v>
       </c>
       <c r="C14" t="s">
         <v>315</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
@@ -3550,103 +3580,103 @@
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>322</v>
       </c>
       <c r="H15" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>252</v>
       </c>
       <c r="B16" t="s">
         <v>324</v>
       </c>
       <c r="C16" t="s">
         <v>325</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H16" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>252</v>
       </c>
       <c r="B17" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C17" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H17" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>252</v>
       </c>
       <c r="B18" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C18" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>336</v>
       </c>
       <c r="H18" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>252</v>
       </c>
       <c r="B19" t="s">
         <v>338</v>
       </c>
       <c r="C19" t="s">
         <v>339</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
@@ -3680,259 +3710,259 @@
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>346</v>
       </c>
       <c r="H20" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>252</v>
       </c>
       <c r="B21" t="s">
         <v>348</v>
       </c>
       <c r="C21" t="s">
         <v>349</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>316</v>
+        <v>350</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H21" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>252</v>
       </c>
       <c r="B22" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C22" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H22" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>252</v>
       </c>
       <c r="B23" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C23" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>359</v>
+        <v>326</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>360</v>
       </c>
       <c r="H23" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>252</v>
       </c>
       <c r="B24" t="s">
         <v>362</v>
       </c>
       <c r="C24" t="s">
         <v>363</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H24" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>252</v>
       </c>
       <c r="B25" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C25" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>282</v>
+        <v>369</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H25" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>252</v>
       </c>
       <c r="B26" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C26" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H26" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>252</v>
       </c>
       <c r="B27" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C27" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H27" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>252</v>
       </c>
       <c r="B28" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C28" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H28" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>252</v>
       </c>
       <c r="B29" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C29" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>386</v>
+        <v>287</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>387</v>
       </c>
       <c r="H29" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>252</v>
       </c>
       <c r="B30" t="s">
         <v>389</v>
       </c>
       <c r="C30" t="s">
         <v>390</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
@@ -3940,743 +3970,795 @@
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>392</v>
       </c>
       <c r="H30" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>252</v>
       </c>
       <c r="B31" t="s">
         <v>394</v>
       </c>
       <c r="C31" t="s">
         <v>395</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>335</v>
+        <v>396</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H31" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>252</v>
       </c>
       <c r="B32" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C32" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H32" t="s">
-        <v>402</v>
+        <v>403</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>252</v>
+      </c>
+      <c r="B33" t="s">
+        <v>404</v>
+      </c>
+      <c r="C33" t="s">
+        <v>405</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>345</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>406</v>
+      </c>
+      <c r="H33" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>252</v>
+      </c>
+      <c r="B34" t="s">
+        <v>408</v>
+      </c>
+      <c r="C34" t="s">
+        <v>409</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>410</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>411</v>
+      </c>
+      <c r="H34" t="s">
+        <v>412</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="C2" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="H2" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="B2" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="C2" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="D2" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="E2" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="H2" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="B3" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="C3" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="D3" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="E3" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="H3" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="B4" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="C4" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="D4" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="E4" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="H4" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="B2" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="H2" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="I2" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="B2" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="C2" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="D2" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="E2" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="H2" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="B3" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="C3" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="D3" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="E3" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="H3" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="B2" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="C2" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="D2" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="E2" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="H2" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="B3" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="C3" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="D3" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="E3" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="H3" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="B4" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="C4" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="D4" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="E4" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="H4" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="B5" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="C5" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="D5" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="E5" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="H5" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B2" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="C2" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="D2" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="H2" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B3" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="C3" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="D3" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="E3" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="H3" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B4" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="C4" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="D4" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="E4" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="H4" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B5" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="C5" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="D5" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="E5" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="H5" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B6" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="C6" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="D6" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="E6" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="H6" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>