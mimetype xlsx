--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,1150 +1,295 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="538" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="62">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2024 13:45:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
-[...5 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...266 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...317 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
   </si>
   <si>
     <t>p_3179992</t>
-  </si>
-[...319 lines deleted...]
-    <t>p_3599818</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1160,1863 +305,223 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...91 lines deleted...]
-        <v>332</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>322</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>333</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>334</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>335</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>336</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>337</v>
-[...72 lines deleted...]
-      <c r="B3" t="s">
         <v>29</v>
-      </c>
-[...42 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="H8" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="H9" t="s">
-        <v>70</v>
-[...1429 lines deleted...]
-        <v>321</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>