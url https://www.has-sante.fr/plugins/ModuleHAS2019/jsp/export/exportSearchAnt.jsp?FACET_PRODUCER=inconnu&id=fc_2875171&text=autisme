--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,295 +1,1165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="343">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>L’accompagnement des jeunes en situation de handicap par les services d’éducation spéciale et de soins à domicile (Sessad)</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l’ensemble des services d’accompagnement (Sessad, Safep, Ssefis, Saaais, Ssad), quelle que soit leur spécialisation par type de handicap et/ou par âge et qu’ils soient autonomes ou non.</t>
+  </si>
+  <si>
+    <t>09/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2015 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835488/fr/l-accompagnement-des-jeunes-en-situation-de-handicap-par-les-services-d-education-speciale-et-de-soins-a-domicile-sessad</t>
+  </si>
+  <si>
+    <t>c_2835488</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>Rééducation et réadaptation de la fonction motrice de l’appareil locomoteur des personnes diagnostiquées de paralysie cérébrale</t>
+  </si>
+  <si>
+    <t>La plupart des personnes diagnostiquées de paralysie cérébrale présentent des troubles de la fonction motrice qui nécessitent un programme de rééducation et réadaptation adapté et suivi. Les recommandations de la HAS abordent les indications et la pertinence des activités de rééducation et de réadaptation de la fonction motrice de l'appareil locomoteur en fonction des déficiences, des limitations d’activité et des restrictions de participation. Elles apportent un éclairage sur les orientations et modalités de ces activités de rééducation et de réadaptation de l'appareil locomoteur ainsi que sur les objectifs et résultats attendus de ces prises en charge.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166294/fr/reeducation-et-readaptation-de-la-fonction-motrice-de-l-appareil-locomoteur-des-personnes-diagnostiquees-de-paralysie-cerebrale</t>
+  </si>
+  <si>
+    <t>p_3166294</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées en Ehpad</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont destinées à l’ensemble des professionnels exerçant dans les Ehpad, et utiles aux établissements hébergeant des personnes handicapées vieillissantes. Elles leurs fournissent des repères pour mieux garantir le respect des droits des personnes en fin de vie et leur apporter des réponses adaptées, tout en soutenant les proches (y compris les autres résidents) et l’ensemble des professionnels et bénévoles de l’Ehpad. Avant d’être mises en œuvre, nombre d’entre elles nécessitent de la part de l’équipe d’organiser une réflexion éthique préalable.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2017 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833689/fr/accompagner-la-fin-de-vie-des-personnes-agees-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833689</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Syndrome de microduplication 7q11.23</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de microduplication 7q11.23. Il a été élaboré par le Centre de Référence "Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares" Région Sud-Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147986/fr/syndrome-de-microduplication-7q11-23</t>
+  </si>
+  <si>
+    <t>p_3147986</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
+  </si>
+  <si>
+    <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
+  </si>
+  <si>
+    <t>19/06/2019 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
+  </si>
+  <si>
+    <t>p_3058311</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-PCR SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS a évalué l’intérêt de la RT-PCR sur un prélèvement alternatif : le prélèvement salivaire, ce dernier étant non invasif. Elle a notamment pris en compte les résultats intermédiaires de l’étude clinique COVISAL, réalisée dans le cadre d’un forfait innovation ayant reçu un avis favorable de la HAS le 07 août 2020.</t>
+  </si>
+  <si>
+    <t>18/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222428/fr/revue-rapide-sur-les-tests-rt-pcr-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3222428</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 13 juin 2023</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427978/fr/cediag-du-13-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3427978</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme – Évaluation de la méthode 3i</t>
+  </si>
+  <si>
+    <t>La HAS a souhaité réévaluer l’efficacité et la sécurité de la méthode 3i chez les enfants ayant un trouble du spectre de l’autisme, à la suite de l’information par l’association Autisme Espoir vers l'école (AEVE) de l’existence de nouvelles études. Ce travail s’inscrit dans la continuité des travaux de la HAS dans le champ des troubles du spectre de l’autisme (TSA), en particulier, la recommandation de bonne pratique publiée en 2012 relative aux interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent.</t>
+  </si>
+  <si>
+    <t>28/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2022 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336481/fr/trouble-du-spectre-de-l-autisme-evaluation-de-la-methode-3i</t>
+  </si>
+  <si>
+    <t>p_3336481</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...53 lines deleted...]
-    <t>p_3179992</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la coqueluche chez la femme enceinte</t>
+  </si>
+  <si>
+    <t>Pour protéger les nouveau-nés et nourrissons, la HAS recommande de vacciner les femmes pendant la grossesse. Une double protection pendant les premières semaines de vie leur est conférée, grâce au passage transplacentaire d’anticorps anticoquelucheux et en prévenant la contamination directe par la mère qui est la première source d’infection des petits nourrissons.</t>
+  </si>
+  <si>
+    <t>07/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084228/fr/recommandation-vaccinale-contre-la-coqueluche-chez-la-femme-enceinte</t>
+  </si>
+  <si>
+    <t>p_3084228</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3225990</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -305,223 +1175,1889 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>327</v>
+      </c>
+      <c r="B2" t="s">
+        <v>328</v>
+      </c>
+      <c r="C2" t="s">
+        <v>329</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>331</v>
+      </c>
+      <c r="H2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>327</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>333</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>334</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>335</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>336</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>337</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B4" t="s">
+        <v>338</v>
+      </c>
+      <c r="C4" t="s">
+        <v>339</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>340</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>341</v>
+      </c>
+      <c r="H4" t="s">
+        <v>342</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
         <v>23</v>
       </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="H7" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D8" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="H8" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="D9" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="H9" t="s">
-        <v>61</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>75</v>
+      </c>
+      <c r="H10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>81</v>
+      </c>
+      <c r="H11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>84</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>87</v>
+      </c>
+      <c r="H12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>92</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>93</v>
+      </c>
+      <c r="H13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>117</v>
+      </c>
+      <c r="H17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D4" t="s">
+        <v>132</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H5" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>144</v>
+      </c>
+      <c r="H6" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>119</v>
+      </c>
+      <c r="B7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C7" t="s">
+        <v>147</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>149</v>
+      </c>
+      <c r="H7" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>119</v>
+      </c>
+      <c r="B8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>153</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>119</v>
+      </c>
+      <c r="B9" t="s">
+        <v>156</v>
+      </c>
+      <c r="C9" t="s">
+        <v>157</v>
+      </c>
+      <c r="D9" t="s">
+        <v>158</v>
+      </c>
+      <c r="E9" t="s">
+        <v>159</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>160</v>
+      </c>
+      <c r="H9" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B10" t="s">
+        <v>162</v>
+      </c>
+      <c r="C10" t="s">
+        <v>163</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>164</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>165</v>
+      </c>
+      <c r="H10" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>119</v>
+      </c>
+      <c r="B11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>170</v>
+      </c>
+      <c r="H11" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>119</v>
+      </c>
+      <c r="B12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" t="s">
+        <v>173</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>174</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>175</v>
+      </c>
+      <c r="H12" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>119</v>
+      </c>
+      <c r="B13" t="s">
+        <v>177</v>
+      </c>
+      <c r="C13" t="s">
+        <v>178</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>179</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>180</v>
+      </c>
+      <c r="H13" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>182</v>
+      </c>
+      <c r="C14" t="s">
+        <v>183</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>184</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>187</v>
+      </c>
+      <c r="C15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>189</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>190</v>
+      </c>
+      <c r="H15" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>192</v>
+      </c>
+      <c r="C16" t="s">
+        <v>193</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>194</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H16" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>197</v>
+      </c>
+      <c r="C17" t="s">
+        <v>198</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>199</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>200</v>
+      </c>
+      <c r="H17" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>202</v>
+      </c>
+      <c r="C18" t="s">
+        <v>203</v>
+      </c>
+      <c r="D18" t="s">
+        <v>204</v>
+      </c>
+      <c r="E18" t="s">
+        <v>205</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H18" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>208</v>
+      </c>
+      <c r="C19" t="s">
+        <v>209</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>164</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>210</v>
+      </c>
+      <c r="H19" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>212</v>
+      </c>
+      <c r="C20" t="s">
+        <v>213</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>214</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>215</v>
+      </c>
+      <c r="H20" t="s">
+        <v>216</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B2" t="s">
+        <v>218</v>
+      </c>
+      <c r="C2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>221</v>
+      </c>
+      <c r="H2" t="s">
+        <v>222</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>223</v>
+      </c>
+      <c r="B2" t="s">
+        <v>224</v>
+      </c>
+      <c r="C2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D2" t="s">
+        <v>226</v>
+      </c>
+      <c r="E2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>228</v>
+      </c>
+      <c r="H2" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>234</v>
+      </c>
+      <c r="H3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>223</v>
+      </c>
+      <c r="B4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C4" t="s">
+        <v>237</v>
+      </c>
+      <c r="D4" t="s">
+        <v>238</v>
+      </c>
+      <c r="E4" t="s">
+        <v>239</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>240</v>
+      </c>
+      <c r="H4" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>223</v>
+      </c>
+      <c r="B5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>246</v>
+      </c>
+      <c r="H5" t="s">
+        <v>247</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>252</v>
+      </c>
+      <c r="H2" t="s">
+        <v>253</v>
+      </c>
+      <c r="I2" t="s">
+        <v>254</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>255</v>
+      </c>
+      <c r="B2" t="s">
+        <v>256</v>
+      </c>
+      <c r="C2" t="s">
+        <v>257</v>
+      </c>
+      <c r="D2" t="s">
+        <v>258</v>
+      </c>
+      <c r="E2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>260</v>
+      </c>
+      <c r="H2" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C3" t="s">
+        <v>263</v>
+      </c>
+      <c r="D3" t="s">
+        <v>264</v>
+      </c>
+      <c r="E3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>266</v>
+      </c>
+      <c r="H3" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>255</v>
+      </c>
+      <c r="B4" t="s">
+        <v>268</v>
+      </c>
+      <c r="C4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E4" t="s">
+        <v>271</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>272</v>
+      </c>
+      <c r="H4" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>255</v>
+      </c>
+      <c r="B5" t="s">
+        <v>274</v>
+      </c>
+      <c r="C5" t="s">
+        <v>275</v>
+      </c>
+      <c r="D5" t="s">
+        <v>276</v>
+      </c>
+      <c r="E5" t="s">
+        <v>277</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>278</v>
+      </c>
+      <c r="H5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>255</v>
+      </c>
+      <c r="B6" t="s">
+        <v>280</v>
+      </c>
+      <c r="C6" t="s">
+        <v>281</v>
+      </c>
+      <c r="D6" t="s">
+        <v>282</v>
+      </c>
+      <c r="E6" t="s">
+        <v>283</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>284</v>
+      </c>
+      <c r="H6" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>255</v>
+      </c>
+      <c r="B7" t="s">
+        <v>286</v>
+      </c>
+      <c r="C7" t="s">
+        <v>287</v>
+      </c>
+      <c r="D7" t="s">
+        <v>288</v>
+      </c>
+      <c r="E7" t="s">
+        <v>289</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>290</v>
+      </c>
+      <c r="H7" t="s">
+        <v>291</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C2" t="s">
+        <v>294</v>
+      </c>
+      <c r="D2" t="s">
+        <v>295</v>
+      </c>
+      <c r="E2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>297</v>
+      </c>
+      <c r="H2" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C3" t="s">
+        <v>300</v>
+      </c>
+      <c r="D3" t="s">
+        <v>301</v>
+      </c>
+      <c r="E3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>303</v>
+      </c>
+      <c r="H3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B4" t="s">
+        <v>305</v>
+      </c>
+      <c r="C4" t="s">
+        <v>306</v>
+      </c>
+      <c r="D4" t="s">
+        <v>307</v>
+      </c>
+      <c r="E4" t="s">
+        <v>308</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>309</v>
+      </c>
+      <c r="H4" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B5" t="s">
+        <v>311</v>
+      </c>
+      <c r="C5" t="s">
+        <v>312</v>
+      </c>
+      <c r="D5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E5" t="s">
+        <v>314</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>315</v>
+      </c>
+      <c r="H5" t="s">
+        <v>316</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>317</v>
+      </c>
+      <c r="B2" t="s">
+        <v>318</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>319</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>320</v>
+      </c>
+      <c r="H2" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>325</v>
+      </c>
+      <c r="H3" t="s">
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>