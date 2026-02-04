--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,1295 +9,245 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>07/02/2024 08:36:06</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Contraception chez la femme en post-partum</t>
-[...383 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
-[...371 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Déficit hypophysaire congénital</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
-  </si>
-[...64 lines deleted...]
-    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H74"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1339,1887 +289,145 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
-[...47 lines deleted...]
-      <c r="G9" t="s">
         <v>47</v>
-      </c>
-[...1691 lines deleted...]
-        <v>397</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>