--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="610" uniqueCount="362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="367">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -477,50 +477,65 @@
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>
   <si>
     <t>Pseudoxanthome élastique (PXE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/04/2021 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
   </si>
   <si>
     <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
@@ -1284,51 +1299,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2136,1159 +2151,1185 @@
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>182</v>
       </c>
       <c r="H32" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
         <v>184</v>
       </c>
       <c r="C33" t="s">
         <v>185</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
+        <v>186</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>187</v>
+      </c>
+      <c r="H33" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>28</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>190</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
         <v>135</v>
       </c>
-      <c r="F33" t="s">
-[...6 lines deleted...]
-        <v>187</v>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>191</v>
+      </c>
+      <c r="H34" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="E2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="H2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C3" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="D3" t="s">
         <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H3" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B4" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="E4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B5" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C5" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D5" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H6" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B7" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C7" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D7" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E7" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H7" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B8" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C8" t="s">
+        <v>230</v>
+      </c>
+      <c r="D8" t="s">
         <v>225</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H8" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B9" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C9" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D9" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E9" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H9" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B10" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C10" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D10" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E10" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H10" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B11" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C11" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D11" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E11" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H11" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B12" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C12" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D12" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E12" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="H12" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B13" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C13" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D13" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E13" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H13" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B14" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C14" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D14" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E14" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H14" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B15" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C15" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D15" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E15" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H15" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C16" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D16" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E16" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H16" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B17" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C17" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D17" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E17" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H17" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C18" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D18" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="E18" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H18" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B19" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C19" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D19" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="E19" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="H19" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B20" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C20" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D20" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="E20" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="H20" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B21" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C21" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D21" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E21" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H21" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B22" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C22" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D22" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E22" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="H22" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B23" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C23" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D23" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E23" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H23" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B24" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C24" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="D24" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="E24" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="H24" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B25" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C25" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="D25" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="E25" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="H25" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="C2" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="D2" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="E2" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="H2" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B3" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C3" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D3" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="E3" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="H3" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B2" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="H2" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="I2" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D2" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E2" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="H2" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B2" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="C2" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="D2" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="E2" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H2" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B2" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="C2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="H2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B3" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C3" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H3" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B4" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H4" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C5" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="H5" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>