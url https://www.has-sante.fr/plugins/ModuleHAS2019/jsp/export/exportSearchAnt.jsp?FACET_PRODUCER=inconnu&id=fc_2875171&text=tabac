--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,493 +1,2170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1082" uniqueCount="675">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/14/2020 15:49:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 780G associé au système de mesure en continu du glucose interstitiel GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514595/fr/systeme-minimed-780g-associe-au-systeme-de-mesure-en-continu-du-glucose-interstitiel-guardian-4</t>
+  </si>
+  <si>
+    <t>p_3514595</t>
+  </si>
+  <si>
+    <t>MEDTRONIC (France)</t>
+  </si>
+  <si>
+    <t>ZENITH ALPHA &amp; ZENITH ALPHA SPIRAL-Z</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2023 09:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410985/fr/zenith-alpha-zenith-alpha-spiral-z</t>
+  </si>
+  <si>
+    <t>p_3410985</t>
+  </si>
+  <si>
+    <t>endoprothèse aortique abdominale &amp; jambage iliaque (endoprothèse aortique abdominale)</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>DAC</t>
+  </si>
+  <si>
+    <t>10/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106819/fr/dac</t>
+  </si>
+  <si>
+    <t>p_3106819</t>
+  </si>
+  <si>
+    <t>hydrogel biorésorbable pour implants orthopédiques</t>
+  </si>
+  <si>
+    <t>NOVAGENIT SRL</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 27 novembre 2019</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120388/fr/college-deliberatif-du-27-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3120388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Professionnels : décision partagée sur la reconstruction mammaire</t>
+  </si>
+  <si>
+    <t>Chirurgien, infirmier, oncologue, psychologue, assistant de service social... Découvrez des outils pour accompagner votre patiente dans sa réflexion et prendre ensemble une décision.</t>
+  </si>
+  <si>
+    <t>29/03/2023 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385847/fr/professionnels-decision-partagee-sur-la-reconstruction-mammaire</t>
+  </si>
+  <si>
+    <t>p_3385847</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Stratégie de diagnostic précoce du mélanome</t>
+  </si>
+  <si>
+    <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
+  </si>
+  <si>
+    <t>03/11/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2006 19:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_452354</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
+  </si>
+  <si>
+    <t>c_272409</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Indications à visée diagnostique de l'endoscopie digestive haute en pathologie œso-gastro-duodénale de l'adulte, à l'exclusion de l'échoendoscopie et l'entéroscopie</t>
+  </si>
+  <si>
+    <t>L'objectif de la recommandation professionnelle est de répondre aux questions suivantes :# 1. Devant quel signe clinique et/ou biologique peut-on proposer une exploration morphologique œso-gastro-duodénale, et laquelle ?# 2. Quelles sont les indications d'endoscopie digestive haute pour le diagnostic et le suivi du reflux gastro-œsophagien, de la maladie ulcéreuse et de l'hypertension portale hors hémorragie ?# 3. Quelles sont les indications des biopsies duodénales ?#</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de l’hypertrophie bénigne de la prostate</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent le diagnostic et la prise en charge thérapeutique de l'hypertrophie bénigne de la prostate (HBP) non compliquée chez l'homme de plus de 50 ans. Elles n'abordent pas les stratégies de diagnostic différentiel en cas de troubles urinaires du bas appareil.</t>
+  </si>
+  <si>
+    <t>01/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_272237</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral – Aspects paramédicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge paramédicale des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée.</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272250/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-paramedicaux</t>
+  </si>
+  <si>
+    <t>c_272250</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Revue rapide sur les tests RT-PCR SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS a évalué l’intérêt de la RT-PCR sur un prélèvement alternatif : le prélèvement salivaire, ce dernier étant non invasif. Elle a notamment pris en compte les résultats intermédiaires de l’étude clinique COVISAL, réalisée dans le cadre d’un forfait innovation ayant reçu un avis favorable de la HAS le 07 août 2020.</t>
+  </si>
+  <si>
+    <t>18/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222428/fr/revue-rapide-sur-les-tests-rt-pcr-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3222428</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outils pour calculer les indicateurs du parcours BPCO à partir du SNDS (DCIR/PMSI)</t>
+  </si>
+  <si>
+    <t>Documents permettant de calculer l’ensemble des indicateurs de qualité du parcours BPCO, à partir du SNDS (DCIR/PMSI).</t>
+  </si>
+  <si>
+    <t>05/04/2022 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326301/fr/outils-pour-calculer-les-indicateurs-du-parcours-bpco-a-partir-du-snds-dcir/pmsi</t>
+  </si>
+  <si>
+    <t>p_3326301</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -501,511 +2178,3671 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>555</v>
+      </c>
+      <c r="B2" t="s">
+        <v>556</v>
+      </c>
+      <c r="C2" t="s">
+        <v>557</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>558</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>559</v>
+      </c>
+      <c r="H2" t="s">
+        <v>560</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>561</v>
+      </c>
+      <c r="B2" t="s">
+        <v>562</v>
+      </c>
+      <c r="C2" t="s">
+        <v>563</v>
+      </c>
+      <c r="D2" t="s">
+        <v>564</v>
+      </c>
+      <c r="E2" t="s">
+        <v>565</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>566</v>
+      </c>
+      <c r="H2" t="s">
+        <v>567</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>561</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>568</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>569</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>570</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>571</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>572</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>573</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>561</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>574</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>575</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>576</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>577</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>578</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>579</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>561</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>580</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>581</v>
       </c>
       <c r="D5" t="s">
-        <v>33</v>
+        <v>582</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>583</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>584</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
+        <v>585</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>561</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>586</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>587</v>
       </c>
       <c r="D6" t="s">
-        <v>40</v>
+        <v>588</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>589</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>590</v>
       </c>
       <c r="H6" t="s">
-        <v>43</v>
+        <v>591</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>561</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>592</v>
       </c>
       <c r="C7" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>594</v>
       </c>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>595</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>596</v>
       </c>
       <c r="H7" t="s">
-        <v>49</v>
+        <v>597</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>561</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>598</v>
       </c>
       <c r="C8" t="s">
-        <v>51</v>
+        <v>599</v>
       </c>
       <c r="D8" t="s">
-        <v>52</v>
+        <v>600</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>601</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>602</v>
       </c>
       <c r="H8" t="s">
-        <v>55</v>
+        <v>603</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>561</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>604</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>605</v>
       </c>
       <c r="D9" t="s">
-        <v>58</v>
+        <v>606</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>607</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>608</v>
       </c>
       <c r="H9" t="s">
-        <v>61</v>
+        <v>609</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>561</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>610</v>
       </c>
       <c r="C10" t="s">
-        <v>63</v>
+        <v>611</v>
       </c>
       <c r="D10" t="s">
-        <v>64</v>
+        <v>612</v>
       </c>
       <c r="E10" t="s">
-        <v>65</v>
+        <v>613</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>66</v>
+        <v>614</v>
       </c>
       <c r="H10" t="s">
-        <v>67</v>
+        <v>615</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>561</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>616</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>617</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>618</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>619</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>72</v>
+        <v>620</v>
       </c>
       <c r="H11" t="s">
-        <v>73</v>
+        <v>621</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>561</v>
+      </c>
+      <c r="B12" t="s">
+        <v>622</v>
+      </c>
+      <c r="C12" t="s">
+        <v>623</v>
+      </c>
+      <c r="D12" t="s">
+        <v>624</v>
+      </c>
+      <c r="E12" t="s">
+        <v>625</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>626</v>
+      </c>
+      <c r="H12" t="s">
+        <v>627</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>628</v>
+      </c>
+      <c r="B2" t="s">
+        <v>629</v>
+      </c>
+      <c r="C2" t="s">
+        <v>630</v>
+      </c>
+      <c r="D2" t="s">
+        <v>631</v>
+      </c>
+      <c r="E2" t="s">
+        <v>632</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>633</v>
+      </c>
+      <c r="H2" t="s">
+        <v>634</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>635</v>
+      </c>
+      <c r="B2" t="s">
+        <v>636</v>
+      </c>
+      <c r="C2" t="s">
+        <v>637</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>638</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>639</v>
+      </c>
+      <c r="H2" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B3" t="s">
+        <v>641</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>643</v>
+      </c>
+      <c r="H3" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>635</v>
+      </c>
+      <c r="B4" t="s">
+        <v>645</v>
+      </c>
+      <c r="C4" t="s">
+        <v>646</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>647</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>648</v>
+      </c>
+      <c r="H4" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>635</v>
+      </c>
+      <c r="B5" t="s">
+        <v>650</v>
+      </c>
+      <c r="C5" t="s">
+        <v>651</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>652</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>653</v>
+      </c>
+      <c r="H5" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>635</v>
+      </c>
+      <c r="B6" t="s">
+        <v>655</v>
+      </c>
+      <c r="C6" t="s">
+        <v>656</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>657</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>658</v>
+      </c>
+      <c r="H6" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>635</v>
+      </c>
+      <c r="B7" t="s">
+        <v>660</v>
+      </c>
+      <c r="C7" t="s">
+        <v>661</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>662</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>663</v>
+      </c>
+      <c r="H7" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>635</v>
+      </c>
+      <c r="B8" t="s">
+        <v>665</v>
+      </c>
+      <c r="C8" t="s">
+        <v>666</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>667</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>668</v>
+      </c>
+      <c r="H8" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>635</v>
+      </c>
+      <c r="B9" t="s">
+        <v>670</v>
+      </c>
+      <c r="C9" t="s">
+        <v>671</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>672</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>673</v>
+      </c>
+      <c r="H9" t="s">
+        <v>674</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>73</v>
+      </c>
+      <c r="H4" t="s">
         <v>74</v>
       </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>88</v>
+      </c>
+      <c r="H7" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>90</v>
+      </c>
+      <c r="C8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D8" t="s">
+        <v>92</v>
+      </c>
+      <c r="E8" t="s">
+        <v>93</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>94</v>
+      </c>
+      <c r="H8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>96</v>
+      </c>
+      <c r="C9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>98</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>99</v>
+      </c>
+      <c r="H9" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" t="s">
+        <v>102</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>103</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>104</v>
+      </c>
+      <c r="H10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>106</v>
+      </c>
+      <c r="C11" t="s">
+        <v>107</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>108</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>109</v>
+      </c>
+      <c r="H11" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>76</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>78</v>
+        <v>114</v>
       </c>
       <c r="H12" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="H13" t="s">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>89</v>
+        <v>118</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="H14" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="B15" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="D15" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="H15" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="B16" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>101</v>
+        <v>131</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="H16" t="s">
-        <v>103</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="H17" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>110</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>111</v>
+        <v>140</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>113</v>
+        <v>141</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>114</v>
+        <v>142</v>
       </c>
       <c r="H18" t="s">
-        <v>115</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="C19" t="s">
-        <v>117</v>
+        <v>145</v>
       </c>
       <c r="D19" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>119</v>
+        <v>146</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="H19" t="s">
-        <v>121</v>
+        <v>148</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
-        <v>122</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
-        <v>123</v>
+        <v>150</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="H20" t="s">
-        <v>127</v>
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>155</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>156</v>
+      </c>
+      <c r="H21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>160</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>161</v>
+      </c>
+      <c r="H22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>169</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>170</v>
+      </c>
+      <c r="H24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>174</v>
+      </c>
+      <c r="E25" t="s">
+        <v>175</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>176</v>
+      </c>
+      <c r="H25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>180</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>181</v>
+      </c>
+      <c r="H26" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>185</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>186</v>
+      </c>
+      <c r="H27" t="s">
+        <v>187</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>192</v>
+      </c>
+      <c r="H2" t="s">
+        <v>193</v>
+      </c>
+      <c r="I2" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>197</v>
+      </c>
+      <c r="H3" t="s">
+        <v>198</v>
+      </c>
+      <c r="I3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>200</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>201</v>
+      </c>
+      <c r="H4" t="s">
+        <v>202</v>
+      </c>
+      <c r="I4" t="s">
+        <v>194</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>208</v>
+      </c>
+      <c r="H2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D3" t="s">
+        <v>212</v>
+      </c>
+      <c r="E3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D4" t="s">
+        <v>218</v>
+      </c>
+      <c r="E4" t="s">
+        <v>219</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>220</v>
+      </c>
+      <c r="H4" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B5" t="s">
+        <v>222</v>
+      </c>
+      <c r="C5" t="s">
+        <v>223</v>
+      </c>
+      <c r="D5" t="s">
+        <v>224</v>
+      </c>
+      <c r="E5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B6" t="s">
+        <v>228</v>
+      </c>
+      <c r="C6" t="s">
+        <v>229</v>
+      </c>
+      <c r="D6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E6" t="s">
+        <v>231</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>232</v>
+      </c>
+      <c r="H6" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>203</v>
+      </c>
+      <c r="B7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C7" t="s">
+        <v>235</v>
+      </c>
+      <c r="D7" t="s">
+        <v>236</v>
+      </c>
+      <c r="E7" t="s">
+        <v>237</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>238</v>
+      </c>
+      <c r="H7" t="s">
+        <v>239</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>240</v>
+      </c>
+      <c r="B2" t="s">
+        <v>241</v>
+      </c>
+      <c r="C2" t="s">
+        <v>242</v>
+      </c>
+      <c r="D2" t="s">
+        <v>243</v>
+      </c>
+      <c r="E2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>245</v>
+      </c>
+      <c r="H2" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D3" t="s">
+        <v>249</v>
+      </c>
+      <c r="E3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>251</v>
+      </c>
+      <c r="H3" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>240</v>
+      </c>
+      <c r="B4" t="s">
+        <v>253</v>
+      </c>
+      <c r="C4" t="s">
+        <v>254</v>
+      </c>
+      <c r="D4" t="s">
+        <v>255</v>
+      </c>
+      <c r="E4" t="s">
+        <v>256</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>257</v>
+      </c>
+      <c r="H4" t="s">
+        <v>258</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>259</v>
+      </c>
+      <c r="B2" t="s">
+        <v>260</v>
+      </c>
+      <c r="C2" t="s">
+        <v>261</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>262</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>263</v>
+      </c>
+      <c r="H2" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C3" t="s">
+        <v>266</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>268</v>
+      </c>
+      <c r="H3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>259</v>
+      </c>
+      <c r="B4" t="s">
+        <v>270</v>
+      </c>
+      <c r="C4" t="s">
+        <v>271</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>272</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>273</v>
+      </c>
+      <c r="H4" t="s">
+        <v>274</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C2" t="s">
+        <v>277</v>
+      </c>
+      <c r="D2" t="s">
+        <v>278</v>
+      </c>
+      <c r="E2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>280</v>
+      </c>
+      <c r="H2" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H3" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D4" t="s">
+        <v>290</v>
+      </c>
+      <c r="E4" t="s">
+        <v>291</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>292</v>
+      </c>
+      <c r="H4" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B5" t="s">
+        <v>294</v>
+      </c>
+      <c r="C5" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E5" t="s">
+        <v>297</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>298</v>
+      </c>
+      <c r="H5" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B6" t="s">
+        <v>300</v>
+      </c>
+      <c r="C6" t="s">
+        <v>301</v>
+      </c>
+      <c r="D6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E6" t="s">
+        <v>303</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>304</v>
+      </c>
+      <c r="H6" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>275</v>
+      </c>
+      <c r="B7" t="s">
+        <v>306</v>
+      </c>
+      <c r="C7" t="s">
+        <v>307</v>
+      </c>
+      <c r="D7" t="s">
+        <v>308</v>
+      </c>
+      <c r="E7" t="s">
+        <v>309</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>310</v>
+      </c>
+      <c r="H7" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>275</v>
+      </c>
+      <c r="B8" t="s">
+        <v>312</v>
+      </c>
+      <c r="C8" t="s">
+        <v>313</v>
+      </c>
+      <c r="D8" t="s">
+        <v>314</v>
+      </c>
+      <c r="E8" t="s">
+        <v>315</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>316</v>
+      </c>
+      <c r="H8" t="s">
+        <v>317</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D2" t="s">
+        <v>321</v>
+      </c>
+      <c r="E2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>323</v>
+      </c>
+      <c r="H2" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D3" t="s">
+        <v>327</v>
+      </c>
+      <c r="E3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>329</v>
+      </c>
+      <c r="H3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B4" t="s">
+        <v>331</v>
+      </c>
+      <c r="C4" t="s">
+        <v>332</v>
+      </c>
+      <c r="D4" t="s">
+        <v>327</v>
+      </c>
+      <c r="E4" t="s">
+        <v>328</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>333</v>
+      </c>
+      <c r="H4" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B5" t="s">
+        <v>335</v>
+      </c>
+      <c r="C5" t="s">
+        <v>336</v>
+      </c>
+      <c r="D5" t="s">
+        <v>327</v>
+      </c>
+      <c r="E5" t="s">
+        <v>337</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>338</v>
+      </c>
+      <c r="H5" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B6" t="s">
+        <v>340</v>
+      </c>
+      <c r="C6" t="s">
+        <v>341</v>
+      </c>
+      <c r="D6" t="s">
+        <v>327</v>
+      </c>
+      <c r="E6" t="s">
+        <v>337</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>342</v>
+      </c>
+      <c r="H6" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>318</v>
+      </c>
+      <c r="B7" t="s">
+        <v>344</v>
+      </c>
+      <c r="C7" t="s">
+        <v>341</v>
+      </c>
+      <c r="D7" t="s">
+        <v>327</v>
+      </c>
+      <c r="E7" t="s">
+        <v>328</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>345</v>
+      </c>
+      <c r="H7" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>318</v>
+      </c>
+      <c r="B8" t="s">
+        <v>347</v>
+      </c>
+      <c r="C8" t="s">
+        <v>348</v>
+      </c>
+      <c r="D8" t="s">
+        <v>327</v>
+      </c>
+      <c r="E8" t="s">
+        <v>337</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>349</v>
+      </c>
+      <c r="H8" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>318</v>
+      </c>
+      <c r="B9" t="s">
+        <v>351</v>
+      </c>
+      <c r="C9" t="s">
+        <v>352</v>
+      </c>
+      <c r="D9" t="s">
+        <v>327</v>
+      </c>
+      <c r="E9" t="s">
+        <v>337</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>353</v>
+      </c>
+      <c r="H9" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>318</v>
+      </c>
+      <c r="B10" t="s">
+        <v>355</v>
+      </c>
+      <c r="C10" t="s">
+        <v>356</v>
+      </c>
+      <c r="D10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E10" t="s">
+        <v>328</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>357</v>
+      </c>
+      <c r="H10" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B11" t="s">
+        <v>359</v>
+      </c>
+      <c r="C11" t="s">
+        <v>341</v>
+      </c>
+      <c r="D11" t="s">
+        <v>327</v>
+      </c>
+      <c r="E11" t="s">
+        <v>328</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>360</v>
+      </c>
+      <c r="H11" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>318</v>
+      </c>
+      <c r="B12" t="s">
+        <v>362</v>
+      </c>
+      <c r="C12" t="s">
+        <v>336</v>
+      </c>
+      <c r="D12" t="s">
+        <v>327</v>
+      </c>
+      <c r="E12" t="s">
+        <v>337</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>363</v>
+      </c>
+      <c r="H12" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>318</v>
+      </c>
+      <c r="B13" t="s">
+        <v>365</v>
+      </c>
+      <c r="C13" t="s">
+        <v>336</v>
+      </c>
+      <c r="D13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E13" t="s">
+        <v>337</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>366</v>
+      </c>
+      <c r="H13" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>318</v>
+      </c>
+      <c r="B14" t="s">
+        <v>368</v>
+      </c>
+      <c r="C14" t="s">
+        <v>369</v>
+      </c>
+      <c r="D14" t="s">
+        <v>370</v>
+      </c>
+      <c r="E14" t="s">
+        <v>371</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>372</v>
+      </c>
+      <c r="H14" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>318</v>
+      </c>
+      <c r="B15" t="s">
+        <v>374</v>
+      </c>
+      <c r="C15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D15" t="s">
+        <v>376</v>
+      </c>
+      <c r="E15" t="s">
+        <v>377</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>378</v>
+      </c>
+      <c r="H15" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>318</v>
+      </c>
+      <c r="B16" t="s">
+        <v>380</v>
+      </c>
+      <c r="C16" t="s">
+        <v>381</v>
+      </c>
+      <c r="D16" t="s">
+        <v>382</v>
+      </c>
+      <c r="E16" t="s">
+        <v>383</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>384</v>
+      </c>
+      <c r="H16" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>318</v>
+      </c>
+      <c r="B17" t="s">
+        <v>386</v>
+      </c>
+      <c r="C17" t="s">
+        <v>387</v>
+      </c>
+      <c r="D17" t="s">
+        <v>388</v>
+      </c>
+      <c r="E17" t="s">
+        <v>389</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>390</v>
+      </c>
+      <c r="H17" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>318</v>
+      </c>
+      <c r="B18" t="s">
+        <v>392</v>
+      </c>
+      <c r="C18" t="s">
+        <v>393</v>
+      </c>
+      <c r="D18" t="s">
+        <v>394</v>
+      </c>
+      <c r="E18" t="s">
+        <v>395</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>396</v>
+      </c>
+      <c r="H18" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B19" t="s">
+        <v>398</v>
+      </c>
+      <c r="C19" t="s">
+        <v>399</v>
+      </c>
+      <c r="D19" t="s">
+        <v>400</v>
+      </c>
+      <c r="E19" t="s">
+        <v>401</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>402</v>
+      </c>
+      <c r="H19" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>318</v>
+      </c>
+      <c r="B20" t="s">
+        <v>404</v>
+      </c>
+      <c r="C20" t="s">
+        <v>405</v>
+      </c>
+      <c r="D20" t="s">
+        <v>406</v>
+      </c>
+      <c r="E20" t="s">
+        <v>407</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>408</v>
+      </c>
+      <c r="H20" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>318</v>
+      </c>
+      <c r="B21" t="s">
+        <v>410</v>
+      </c>
+      <c r="C21" t="s">
+        <v>411</v>
+      </c>
+      <c r="D21" t="s">
+        <v>412</v>
+      </c>
+      <c r="E21" t="s">
+        <v>413</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>414</v>
+      </c>
+      <c r="H21" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>318</v>
+      </c>
+      <c r="B22" t="s">
+        <v>416</v>
+      </c>
+      <c r="C22" t="s">
+        <v>417</v>
+      </c>
+      <c r="D22" t="s">
+        <v>418</v>
+      </c>
+      <c r="E22" t="s">
+        <v>419</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>420</v>
+      </c>
+      <c r="H22" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>318</v>
+      </c>
+      <c r="B23" t="s">
+        <v>422</v>
+      </c>
+      <c r="C23" t="s">
+        <v>423</v>
+      </c>
+      <c r="D23" t="s">
+        <v>424</v>
+      </c>
+      <c r="E23" t="s">
+        <v>425</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>426</v>
+      </c>
+      <c r="H23" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>318</v>
+      </c>
+      <c r="B24" t="s">
+        <v>428</v>
+      </c>
+      <c r="C24" t="s">
+        <v>429</v>
+      </c>
+      <c r="D24" t="s">
+        <v>430</v>
+      </c>
+      <c r="E24" t="s">
+        <v>431</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>432</v>
+      </c>
+      <c r="H24" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>318</v>
+      </c>
+      <c r="B25" t="s">
+        <v>434</v>
+      </c>
+      <c r="C25" t="s">
+        <v>435</v>
+      </c>
+      <c r="D25" t="s">
+        <v>436</v>
+      </c>
+      <c r="E25" t="s">
+        <v>437</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>438</v>
+      </c>
+      <c r="H25" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>318</v>
+      </c>
+      <c r="B26" t="s">
+        <v>440</v>
+      </c>
+      <c r="C26" t="s">
+        <v>441</v>
+      </c>
+      <c r="D26" t="s">
+        <v>442</v>
+      </c>
+      <c r="E26" t="s">
+        <v>443</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>444</v>
+      </c>
+      <c r="H26" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>318</v>
+      </c>
+      <c r="B27" t="s">
+        <v>446</v>
+      </c>
+      <c r="C27" t="s">
+        <v>447</v>
+      </c>
+      <c r="D27" t="s">
+        <v>448</v>
+      </c>
+      <c r="E27" t="s">
+        <v>449</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>450</v>
+      </c>
+      <c r="H27" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>318</v>
+      </c>
+      <c r="B28" t="s">
+        <v>452</v>
+      </c>
+      <c r="C28" t="s">
+        <v>453</v>
+      </c>
+      <c r="D28" t="s">
+        <v>454</v>
+      </c>
+      <c r="E28" t="s">
+        <v>455</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>456</v>
+      </c>
+      <c r="H28" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>318</v>
+      </c>
+      <c r="B29" t="s">
+        <v>458</v>
+      </c>
+      <c r="C29" t="s">
+        <v>459</v>
+      </c>
+      <c r="D29" t="s">
+        <v>460</v>
+      </c>
+      <c r="E29" t="s">
+        <v>461</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>462</v>
+      </c>
+      <c r="H29" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>318</v>
+      </c>
+      <c r="B30" t="s">
+        <v>464</v>
+      </c>
+      <c r="C30" t="s">
+        <v>465</v>
+      </c>
+      <c r="D30" t="s">
+        <v>466</v>
+      </c>
+      <c r="E30" t="s">
+        <v>466</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>467</v>
+      </c>
+      <c r="H30" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>318</v>
+      </c>
+      <c r="B31" t="s">
+        <v>469</v>
+      </c>
+      <c r="C31" t="s">
+        <v>470</v>
+      </c>
+      <c r="D31" t="s">
+        <v>471</v>
+      </c>
+      <c r="E31" t="s">
+        <v>472</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>473</v>
+      </c>
+      <c r="H31" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>318</v>
+      </c>
+      <c r="B32" t="s">
+        <v>475</v>
+      </c>
+      <c r="C32" t="s">
+        <v>476</v>
+      </c>
+      <c r="D32" t="s">
+        <v>477</v>
+      </c>
+      <c r="E32" t="s">
+        <v>478</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>479</v>
+      </c>
+      <c r="H32" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>318</v>
+      </c>
+      <c r="B33" t="s">
+        <v>481</v>
+      </c>
+      <c r="C33" t="s">
+        <v>482</v>
+      </c>
+      <c r="D33" t="s">
+        <v>483</v>
+      </c>
+      <c r="E33" t="s">
+        <v>484</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>485</v>
+      </c>
+      <c r="H33" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>318</v>
+      </c>
+      <c r="B34" t="s">
+        <v>487</v>
+      </c>
+      <c r="C34" t="s">
+        <v>488</v>
+      </c>
+      <c r="D34" t="s">
+        <v>308</v>
+      </c>
+      <c r="E34" t="s">
+        <v>489</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>490</v>
+      </c>
+      <c r="H34" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>318</v>
+      </c>
+      <c r="B35" t="s">
+        <v>492</v>
+      </c>
+      <c r="C35" t="s">
+        <v>493</v>
+      </c>
+      <c r="D35" t="s">
+        <v>494</v>
+      </c>
+      <c r="E35" t="s">
+        <v>495</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>496</v>
+      </c>
+      <c r="H35" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>318</v>
+      </c>
+      <c r="B36" t="s">
+        <v>498</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>499</v>
+      </c>
+      <c r="E36" t="s">
+        <v>500</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>501</v>
+      </c>
+      <c r="H36" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>318</v>
+      </c>
+      <c r="B37" t="s">
+        <v>503</v>
+      </c>
+      <c r="C37" t="s">
+        <v>504</v>
+      </c>
+      <c r="D37" t="s">
+        <v>505</v>
+      </c>
+      <c r="E37" t="s">
+        <v>506</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>507</v>
+      </c>
+      <c r="H37" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>318</v>
+      </c>
+      <c r="B38" t="s">
+        <v>509</v>
+      </c>
+      <c r="C38" t="s">
+        <v>510</v>
+      </c>
+      <c r="D38" t="s">
+        <v>511</v>
+      </c>
+      <c r="E38" t="s">
+        <v>512</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>513</v>
+      </c>
+      <c r="H38" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>318</v>
+      </c>
+      <c r="B39" t="s">
+        <v>515</v>
+      </c>
+      <c r="C39" t="s">
+        <v>516</v>
+      </c>
+      <c r="D39" t="s">
+        <v>517</v>
+      </c>
+      <c r="E39" t="s">
+        <v>518</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>519</v>
+      </c>
+      <c r="H39" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>318</v>
+      </c>
+      <c r="B40" t="s">
+        <v>521</v>
+      </c>
+      <c r="C40" t="s">
+        <v>522</v>
+      </c>
+      <c r="D40" t="s">
+        <v>523</v>
+      </c>
+      <c r="E40" t="s">
+        <v>524</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>525</v>
+      </c>
+      <c r="H40" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>318</v>
+      </c>
+      <c r="B41" t="s">
+        <v>527</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>528</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>529</v>
+      </c>
+      <c r="H41" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>318</v>
+      </c>
+      <c r="B42" t="s">
+        <v>531</v>
+      </c>
+      <c r="C42" t="s">
+        <v>532</v>
+      </c>
+      <c r="D42" t="s">
+        <v>533</v>
+      </c>
+      <c r="E42" t="s">
+        <v>534</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>535</v>
+      </c>
+      <c r="H42" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>318</v>
+      </c>
+      <c r="B43" t="s">
+        <v>537</v>
+      </c>
+      <c r="C43" t="s">
+        <v>538</v>
+      </c>
+      <c r="D43" t="s">
+        <v>539</v>
+      </c>
+      <c r="E43" t="s">
+        <v>540</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>541</v>
+      </c>
+      <c r="H43" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>318</v>
+      </c>
+      <c r="B44" t="s">
+        <v>543</v>
+      </c>
+      <c r="C44" t="s">
+        <v>544</v>
+      </c>
+      <c r="D44" t="s">
+        <v>545</v>
+      </c>
+      <c r="E44" t="s">
+        <v>546</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>547</v>
+      </c>
+      <c r="H44" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>318</v>
+      </c>
+      <c r="B45" t="s">
+        <v>549</v>
+      </c>
+      <c r="C45" t="s">
+        <v>550</v>
+      </c>
+      <c r="D45" t="s">
+        <v>551</v>
+      </c>
+      <c r="E45" t="s">
+        <v>552</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>553</v>
+      </c>
+      <c r="H45" t="s">
+        <v>554</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>