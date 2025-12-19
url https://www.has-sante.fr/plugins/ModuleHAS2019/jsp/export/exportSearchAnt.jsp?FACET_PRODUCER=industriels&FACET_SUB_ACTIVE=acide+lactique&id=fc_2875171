--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,167 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>10/07/2025 14:08:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -179,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -248,136 +197,58 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>22</v>
-      </c>
-[...68 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>