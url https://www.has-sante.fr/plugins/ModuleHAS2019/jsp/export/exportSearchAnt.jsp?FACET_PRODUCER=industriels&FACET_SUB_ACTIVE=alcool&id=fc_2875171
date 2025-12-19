--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -45,51 +45,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
     <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="975" uniqueCount="624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="983" uniqueCount="629">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -668,51 +668,51 @@
   <si>
     <t>p_3326877</t>
   </si>
   <si>
     <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
   </si>
   <si>
     <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
   </si>
   <si>
     <t>22/09/2020 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
   </si>
   <si>
     <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
   </si>
   <si>
     <t>29/03/2023 00:00:00</t>
   </si>
   <si>
     <t>06/09/2023 16:53:00</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>01/04/2004 00:00:00</t>
   </si>
   <si>
     <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
@@ -1434,50 +1434,65 @@
     <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
   </si>
   <si>
     <t>p_3058311</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>28/02/2025 08:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
   </si>
   <si>
     <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
   </si>
   <si>
     <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>16/12/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
@@ -2151,51 +2166,51 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>453</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>454</v>
       </c>
       <c r="H2" t="s">
         <v>455</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2217,848 +2232,874 @@
       </c>
       <c r="D2" t="s">
         <v>459</v>
       </c>
       <c r="E2" t="s">
         <v>460</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>461</v>
       </c>
       <c r="H2" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>456</v>
       </c>
       <c r="B3" t="s">
         <v>463</v>
       </c>
       <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
         <v>464</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>465</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>466</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>456</v>
       </c>
       <c r="B4" t="s">
+        <v>468</v>
+      </c>
+      <c r="C4" t="s">
         <v>469</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>470</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>471</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>472</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>456</v>
       </c>
       <c r="B5" t="s">
+        <v>474</v>
+      </c>
+      <c r="C5" t="s">
         <v>475</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>476</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>477</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>478</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>456</v>
       </c>
       <c r="B6" t="s">
+        <v>480</v>
+      </c>
+      <c r="C6" t="s">
         <v>481</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>482</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>483</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>484</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>456</v>
       </c>
       <c r="B7" t="s">
+        <v>486</v>
+      </c>
+      <c r="C7" t="s">
         <v>487</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>489</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>490</v>
       </c>
       <c r="H7" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>456</v>
       </c>
       <c r="B8" t="s">
         <v>492</v>
       </c>
       <c r="C8" t="s">
         <v>493</v>
       </c>
       <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
         <v>494</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>495</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>456</v>
       </c>
       <c r="B9" t="s">
+        <v>497</v>
+      </c>
+      <c r="C9" t="s">
         <v>498</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>499</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>500</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>501</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>456</v>
       </c>
       <c r="B10" t="s">
+        <v>503</v>
+      </c>
+      <c r="C10" t="s">
         <v>504</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>505</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>506</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>507</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>456</v>
       </c>
       <c r="B11" t="s">
+        <v>509</v>
+      </c>
+      <c r="C11" t="s">
         <v>510</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>511</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>512</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>513</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>456</v>
       </c>
       <c r="B12" t="s">
+        <v>515</v>
+      </c>
+      <c r="C12" t="s">
         <v>516</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>517</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>518</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>519</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>456</v>
       </c>
       <c r="B13" t="s">
+        <v>521</v>
+      </c>
+      <c r="C13" t="s">
         <v>522</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>523</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>524</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>525</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>456</v>
       </c>
       <c r="B14" t="s">
+        <v>527</v>
+      </c>
+      <c r="C14" t="s">
         <v>528</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>529</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>530</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>531</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>456</v>
       </c>
       <c r="B15" t="s">
+        <v>533</v>
+      </c>
+      <c r="C15" t="s">
         <v>534</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>535</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>536</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>537</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>456</v>
       </c>
       <c r="B16" t="s">
+        <v>539</v>
+      </c>
+      <c r="C16" t="s">
         <v>540</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>541</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>542</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>543</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>456</v>
       </c>
       <c r="B17" t="s">
+        <v>545</v>
+      </c>
+      <c r="C17" t="s">
         <v>546</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>547</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>548</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>549</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>456</v>
       </c>
       <c r="B18" t="s">
+        <v>551</v>
+      </c>
+      <c r="C18" t="s">
         <v>552</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>553</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>554</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>555</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>456</v>
       </c>
       <c r="B19" t="s">
+        <v>557</v>
+      </c>
+      <c r="C19" t="s">
         <v>558</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>559</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>560</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>561</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>456</v>
       </c>
       <c r="B20" t="s">
+        <v>563</v>
+      </c>
+      <c r="C20" t="s">
         <v>564</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>565</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>566</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>567</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>456</v>
       </c>
       <c r="B21" t="s">
+        <v>569</v>
+      </c>
+      <c r="C21" t="s">
         <v>570</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>571</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>572</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>573</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>456</v>
       </c>
       <c r="B22" t="s">
+        <v>575</v>
+      </c>
+      <c r="C22" t="s">
         <v>576</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>577</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>578</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>579</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>580</v>
       </c>
-      <c r="H22" t="s">
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>456</v>
+      </c>
+      <c r="B23" t="s">
         <v>581</v>
+      </c>
+      <c r="C23" t="s">
+        <v>582</v>
+      </c>
+      <c r="D23" t="s">
+        <v>583</v>
+      </c>
+      <c r="E23" t="s">
+        <v>584</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>585</v>
+      </c>
+      <c r="H23" t="s">
+        <v>586</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B2" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D2" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="E2" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="H2" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B2" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C2" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="H2" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B3" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="C3" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="H3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B4" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C4" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="H4" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B5" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C5" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="H5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B6" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C6" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H6" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B7" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="H7" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B8" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="C8" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H8" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>