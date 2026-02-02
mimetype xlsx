--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -1,2032 +1,709 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Studies and Reports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="983" uniqueCount="629">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="191">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>14/05/2021 12:00:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>L’évaluation des aspects sociaux</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Céroïde-lipofuscinoses neuronales</t>
-[...101 lines deleted...]
-    <t>p_3289774</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
+  </si>
+  <si>
+    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+  </si>
+  <si>
+    <t>p_3498436</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Événement</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Outil d'amélioration des pratiques professionnelles</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...1178 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
-  </si>
-[...85 lines deleted...]
-    <t>c_462982</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2038,3352 +715,1139 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...50 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>450</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>451</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
-        <v>452</v>
+        <v>187</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>453</v>
+        <v>188</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>454</v>
+        <v>189</v>
       </c>
       <c r="H2" t="s">
-        <v>455</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>456</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>457</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>458</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>459</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>460</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>461</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>462</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>456</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>463</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>464</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>465</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>466</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>467</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>456</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>468</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>469</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>470</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>471</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>472</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>473</v>
-[...493 lines deleted...]
-        <v>586</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>587</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>588</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>589</v>
+        <v>74</v>
       </c>
       <c r="D2" t="s">
-        <v>590</v>
+        <v>75</v>
       </c>
       <c r="E2" t="s">
-        <v>591</v>
+        <v>76</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>592</v>
+        <v>77</v>
       </c>
       <c r="H2" t="s">
-        <v>593</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>595</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>596</v>
+        <v>81</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E2" t="s">
-        <v>597</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>598</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>599</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>600</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>601</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="E3" t="s">
-        <v>602</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>603</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>604</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>605</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>606</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>607</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>608</v>
+        <v>96</v>
       </c>
       <c r="H4" t="s">
-        <v>609</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>610</v>
+        <v>98</v>
       </c>
       <c r="C5" t="s">
-        <v>611</v>
+        <v>99</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="E5" t="s">
-        <v>612</v>
+        <v>101</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>613</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>614</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B6" t="s">
-        <v>615</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
-        <v>616</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="E6" t="s">
-        <v>617</v>
+        <v>107</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>618</v>
+        <v>108</v>
       </c>
       <c r="H6" t="s">
-        <v>619</v>
+        <v>109</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B7" t="s">
-        <v>620</v>
+        <v>110</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="E7" t="s">
-        <v>621</v>
+        <v>113</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>622</v>
+        <v>114</v>
       </c>
       <c r="H7" t="s">
-        <v>623</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>594</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>624</v>
+        <v>116</v>
       </c>
       <c r="C8" t="s">
-        <v>625</v>
+        <v>117</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E8" t="s">
-        <v>626</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>627</v>
+        <v>120</v>
       </c>
       <c r="H8" t="s">
-        <v>628</v>
+        <v>121</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>122</v>
+      </c>
+      <c r="C9" t="s">
+        <v>123</v>
+      </c>
+      <c r="D9" t="s">
+        <v>124</v>
+      </c>
+      <c r="E9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>126</v>
+      </c>
+      <c r="H9" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>128</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>129</v>
+      </c>
+      <c r="E10" t="s">
+        <v>130</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>131</v>
+      </c>
+      <c r="H10" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>133</v>
+      </c>
+      <c r="C11" t="s">
+        <v>134</v>
+      </c>
+      <c r="D11" t="s">
+        <v>135</v>
+      </c>
+      <c r="E11" t="s">
+        <v>136</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>137</v>
+      </c>
+      <c r="H11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>139</v>
+      </c>
+      <c r="C12" t="s">
+        <v>140</v>
+      </c>
+      <c r="D12" t="s">
+        <v>141</v>
+      </c>
+      <c r="E12" t="s">
+        <v>142</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>143</v>
+      </c>
+      <c r="H12" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>151</v>
       </c>
       <c r="I2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>155</v>
       </c>
       <c r="D2" t="s">
-        <v>41</v>
+        <v>156</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>157</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>159</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>160</v>
       </c>
       <c r="C3" t="s">
-        <v>46</v>
+        <v>161</v>
       </c>
       <c r="D3" t="s">
-        <v>47</v>
+        <v>162</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>164</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
-[...259 lines deleted...]
-        <v>101</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>171</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>103</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
-        <v>109</v>
+        <v>173</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>175</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>112</v>
-[...234 lines deleted...]
-        <v>108</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>149</v>
+        <v>181</v>
       </c>
       <c r="D2" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>152</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>153</v>
-[...136 lines deleted...]
-      <c r="B8" t="s">
         <v>184</v>
-      </c>
-[...1320 lines deleted...]
-        <v>449</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>