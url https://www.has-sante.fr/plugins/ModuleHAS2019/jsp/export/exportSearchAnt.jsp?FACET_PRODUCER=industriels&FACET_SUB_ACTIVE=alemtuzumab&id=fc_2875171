--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>08/10/2025 11:08:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>