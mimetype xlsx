--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -198,50 +198,68 @@
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Tous engagés pour un meilleur usage des antibiotiques</t>
   </si>
   <si>
     <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
   </si>
   <si>
     <t>18/11/2021 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
   </si>
   <si>
     <t>p_3298977</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
   </si>
   <si>
     <t>p_3585537</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
@@ -727,51 +745,51 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>53</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>54</v>
       </c>
       <c r="H2" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -861,183 +879,209 @@
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>75</v>
       </c>
       <c r="C5" t="s">
         <v>76</v>
       </c>
       <c r="D5" t="s">
         <v>77</v>
       </c>
       <c r="E5" t="s">
         <v>78</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>79</v>
       </c>
       <c r="H5" t="s">
         <v>80</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H6" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="I2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C2" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>