--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -1,1177 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Studies and Reports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Tool to improve professi" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="576" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>21/12/2011 15:35:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>How to judge a proposal for a screening programme</t>
+  </si>
+  <si>
+    <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499239/fr/l-evaluation-des-aspects-sociaux</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
+    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Description</t>
-[...170 lines deleted...]
-    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>10/07/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Évaluation a priori du dépistage de la syphilis en France</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Acquisition d'une aide technique : quels acteurs ? quel processus ?</t>
-[...89 lines deleted...]
-    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>01/03/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1528391/fr/evaluation-des-implants-de-pontage</t>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objectives of the re-assessment of bypass implants were to: * determine the indications for bypass implants; * assess their actual benefit in each indication; * define their role in treatment; * identify which technical specifications influence their actual benefit, in order to avoid coding errors and clarify which devices should be included under generic descriptions; * suggest an updated nomenclature; * estimate the target population; * define CNEDIMTS’ expectations for studies submitted during applications for inclusion under brand name; * define the terms of use and terms of prescribing envisaged for inclusion of products in the LPPR.</t>
+  </si>
+  <si>
+    <t>04/23/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/23/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
   </si>
   <si>
     <t>c_1528391</t>
   </si>
   <si>
-    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
+    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
+  </si>
+  <si>
+    <t>The aims of reassessing spinal implants are to : - determine the indications for spinal implants ; - assess their actual benefit per indication ; - define their place in therapeutic strategy ; - characterise the technical specifications which determine the actual benefit, so as to avoid classification mistakes and clarify which devices are covered by the current generic description ; - propose an updated nomenclature based on the form and composition of devices ; - estimate their target population ; - define the level of evidence required for the trials submitted with applications for inclusion under the brand name ; - define the conditions of use and prescription for inclusion of the products on the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>03/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/11/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
-[...16 lines deleted...]
-  <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Événement</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
-  </si>
-[...76 lines deleted...]
-    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1185,1967 +381,549 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...229 lines deleted...]
-        <v>77</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>84</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="H3" t="s">
-        <v>90</v>
-[...25 lines deleted...]
-        <v>96</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="E2" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>103</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>108</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="C4" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="D4" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="E4" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>113</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="D5" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
       <c r="E5" t="s">
-        <v>118</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
-[...103 lines deleted...]
-        <v>144</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>145</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>146</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>147</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>150</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>151</v>
-[...233 lines deleted...]
-        <v>203</v>
+        <v>67</v>
+      </c>
+      <c r="I2" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>205</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>206</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>73</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>208</v>
+        <v>74</v>
       </c>
       <c r="H2" t="s">
-        <v>209</v>
-[...350 lines deleted...]
-        <v>215</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>264</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>265</v>
+        <v>77</v>
       </c>
       <c r="C2" t="s">
-        <v>266</v>
+        <v>78</v>
       </c>
       <c r="D2" t="s">
-        <v>267</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>268</v>
+        <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>269</v>
+        <v>80</v>
       </c>
       <c r="H2" t="s">
-        <v>270</v>
-[...443 lines deleted...]
-        <v>347</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>