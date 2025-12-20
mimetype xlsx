--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>