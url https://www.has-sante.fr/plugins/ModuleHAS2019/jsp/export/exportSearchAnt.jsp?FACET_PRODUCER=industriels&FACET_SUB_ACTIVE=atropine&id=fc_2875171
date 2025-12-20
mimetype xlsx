--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -9,199 +9,413 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/06/2025 15:05:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>