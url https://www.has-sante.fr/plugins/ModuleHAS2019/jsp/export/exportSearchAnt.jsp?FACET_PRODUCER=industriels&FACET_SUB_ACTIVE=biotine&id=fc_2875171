--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -9,182 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/11/2024 15:16:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -194,231 +128,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...15 lines deleted...]
-      <c r="E4" t="s">
         <v>22</v>
-      </c>
-[...85 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>