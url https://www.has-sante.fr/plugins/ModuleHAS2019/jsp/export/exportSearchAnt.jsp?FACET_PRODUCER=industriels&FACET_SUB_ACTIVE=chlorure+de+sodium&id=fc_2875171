--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,1059 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>Systèmes de nébulisation pour aérosolthérapie</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/01/2007 00:00:00</t>
-[...149 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
-  </si>
-[...103 lines deleted...]
-    <t>p_3066917</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...73 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
-[...51 lines deleted...]
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...427 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>