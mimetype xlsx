--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -1,1275 +1,421 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>BHR</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/06/2024 00:00:00</t>
-[...188 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Évaluation des sondes de défibrillation cardiaque</t>
-[...2 lines deleted...]
-    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>01/03/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation des Prothèses de hanche</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
+    <t>Hip implants – November 2014</t>
+  </si>
+  <si>
+    <t>The objective of this consultation phase was to respond to the stakeholders’ comments submitted to the French National Authority for Health (Haute Autorité de santé - HAS) after the new proposed nomenclature concerning the conditions for the reimbursement of hips implants was published in the Official Gazette.</t>
+  </si>
+  <si>
+    <t>11/18/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
   </si>
   <si>
     <t>c_2006405</t>
   </si>
   <si>
-    <t>Implants articulaires d’épaule</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
+  </si>
+  <si>
+    <t>09/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/28/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
   </si>
   <si>
     <t>c_1311405</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
-  </si>
-[...49 lines deleted...]
-    <t>c_1720546</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...16 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="E5" t="s">
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="H5" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...517 lines deleted...]
-  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>