--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,427 +1,211 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/05/2019 16:53:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...35 lines deleted...]
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
-  </si>
-[...31 lines deleted...]
-    <t>p_3161572</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -435,602 +219,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...557 lines deleted...]
-  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>