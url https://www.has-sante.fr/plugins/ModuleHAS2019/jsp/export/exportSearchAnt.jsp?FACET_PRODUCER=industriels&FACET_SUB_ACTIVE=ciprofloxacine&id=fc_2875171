--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -9,350 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>29/11/2021 15:10:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
-[...119 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
-  </si>
-[...52 lines deleted...]
-    <t>p_3298977</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -394,301 +232,67 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      <c r="B5" t="s">
         <v>28</v>
-      </c>
-[...224 lines deleted...]
-        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>