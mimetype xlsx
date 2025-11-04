--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -9,167 +9,200 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +242,95 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>