--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,407 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>28/10/2025 10:20:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
-[...95 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation par classe des médicaments antihypertenseurs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
-  </si>
-[...31 lines deleted...]
-    <t>c_2669200</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -431,525 +212,84 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...439 lines deleted...]
-  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>