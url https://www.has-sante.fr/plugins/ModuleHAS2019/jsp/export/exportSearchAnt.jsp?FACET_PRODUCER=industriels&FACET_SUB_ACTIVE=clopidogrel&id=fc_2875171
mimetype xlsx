--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,295 +1,996 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="103">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 décembre 2019</t>
+  </si>
+  <si>
+    <t>14/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116193/fr/ceesp-reunion-du-17-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116193</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
         <v>26</v>
       </c>
-      <c r="H4" t="s">
+      <c r="E5" t="s">
         <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>54</v>
+      </c>
+      <c r="H4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>60</v>
+      </c>
+      <c r="H5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>66</v>
+      </c>
+      <c r="H6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>89</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H2" t="s">
+        <v>97</v>
+      </c>
+      <c r="I2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H3" t="s">
+        <v>102</v>
+      </c>
+      <c r="I3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>