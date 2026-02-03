--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,421 +1,1317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="148">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BHR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531481/fr/bhr</t>
+  </si>
+  <si>
+    <t>p_3531481</t>
+  </si>
+  <si>
+    <t>Prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>MOBIDISC</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2020 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187855/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>p_3187855</t>
+  </si>
+  <si>
+    <t>Prothèse totale de disque lombaire</t>
+  </si>
+  <si>
+    <t>ZIMMER BIOMET France / LDR Médical</t>
+  </si>
+  <si>
+    <t>BHR (BIRMINGHAM HIP RESURFACING)</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145936/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>p_3145936</t>
+  </si>
+  <si>
+    <t>prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Hip implants – November 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Implants du rachis - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage a pour objectifs : de préciser le contexte et les objectifs de l’évaluation ; de présenter la méthode de travail retenue et le calendrier prévisionnel.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2012 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242588/fr/implants-du-rachis-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1242588</t>
+  </si>
+  <si>
+    <t>Évaluation des Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>Un projet de nouvelle nomenclature reprenant les recommandations de la Commission a été publié au Journal Officiel en 2013 à l’issue de la négociation économique menée par le Comité économique des produits de santé (CEPS). Cette publication a ouvert la phase contradictoire avec les industriels et les professionnels de santé concernés. A l'issue de cette phase, la CNEDiMTS s'est prononcée sur ces observations.</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
   </si>
   <si>
     <t>c_2006405</t>
   </si>
   <si>
-    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
+  </si>
+  <si>
+    <t>Evaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré) en vue du renouvellement de la prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+    <t>Implants articulaires de genou</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de genou en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, des modalités d’utilisation et de prescription. A l'appui de cette réévaluation, en réponse à une saisine de la HAS concernant certains actes pris en charge par l’Assurance maladie parmi lesquels l'arthroplastie du genou, un document spécifique a été produit. Il reprend et développe, à partir du rapport d’évaluation et de l’avis de la CNEDiMTS sur les implants articulaires de genou : - critères pour la décision d’arthroplastie du genou - éléments intervenant dans le choix du type de prothèse - stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>21/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2012 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345397/fr/implants-articulaires-de-genou</t>
+  </si>
+  <si>
+    <t>c_1345397</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
   </si>
   <si>
     <t>c_1311405</t>
   </si>
   <si>
-    <t>07/01/2009 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 janvier 2018</t>
+  </si>
+  <si>
+    <t>18/01/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820752/fr/cnedimts-reunion-du-23-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820752</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>56</v>
+      </c>
+      <c r="H4" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>95</v>
+      </c>
+      <c r="C8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E8" t="s">
+        <v>98</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>99</v>
+      </c>
+      <c r="H8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>101</v>
+      </c>
+      <c r="C9" t="s">
+        <v>102</v>
+      </c>
+      <c r="D9" t="s">
+        <v>103</v>
+      </c>
+      <c r="E9" t="s">
+        <v>104</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>105</v>
+      </c>
+      <c r="H9" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>107</v>
+      </c>
+      <c r="C10" t="s">
+        <v>108</v>
+      </c>
+      <c r="D10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E10" t="s">
+        <v>110</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>111</v>
+      </c>
+      <c r="H10" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>113</v>
+      </c>
+      <c r="C11" t="s">
+        <v>114</v>
+      </c>
+      <c r="D11" t="s">
+        <v>115</v>
+      </c>
+      <c r="E11" t="s">
+        <v>116</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>117</v>
+      </c>
+      <c r="H11" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>119</v>
+      </c>
+      <c r="C12" t="s">
+        <v>120</v>
+      </c>
+      <c r="D12" t="s">
+        <v>121</v>
+      </c>
+      <c r="E12" t="s">
+        <v>122</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>123</v>
+      </c>
+      <c r="H12" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" t="s">
+        <v>126</v>
+      </c>
+      <c r="D13" t="s">
+        <v>127</v>
+      </c>
+      <c r="E13" t="s">
+        <v>128</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>129</v>
+      </c>
+      <c r="H13" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>131</v>
+      </c>
+      <c r="C14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D14" t="s">
+        <v>133</v>
+      </c>
+      <c r="E14" t="s">
+        <v>134</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>135</v>
+      </c>
+      <c r="H14" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
+      </c>
+      <c r="I2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>146</v>
+      </c>
+      <c r="H3" t="s">
+        <v>147</v>
+      </c>
+      <c r="I3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>