--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,196 +1,355 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation 2023 : utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce</t>
+  </si>
+  <si>
+    <t>Ce travail est une actualisation du précédent rapport d’évaluation de 2019 portant sur l’utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce. Ces tests sont revendiqués comme étant pronostiques et/ou prédictifs de l’efficacité de la chimiothérapie adjuvante (CTA). Dans les deux cas, ils permettraient de sursoir à une CTA inutile en cas de score génomique favorable</t>
+  </si>
+  <si>
+    <t>19/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +365,499 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+      <c r="I2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>