--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,92 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2025 08:46:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3777770</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
   </si>
   <si>
     <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
   </si>
   <si>
     <t>05/06/2025 00:00:00</t>
   </si>
   <si>
     <t>17/06/2025 16:33:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
   </si>
   <si>
     <t>p_3587389</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
   </si>
@@ -128,51 +149,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,43 +233,69 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>