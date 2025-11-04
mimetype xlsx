--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,289 +1,916 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="262">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CELLULAR MATRIX A-CP-HA KIT</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2025 15:55:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552742/fr/cellular-matrix-a-cp-ha-kit</t>
+  </si>
+  <si>
+    <t>p_3552742</t>
+  </si>
+  <si>
+    <t>Kit de préparation de plasma riche en plaquettes autologue associé à un acide hyaluronique non réticulé pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>REGEN LAB (France)</t>
+  </si>
+  <si>
+    <t>IMPLICITY (IM009)</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2024 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545270/fr/implicity-im009</t>
+  </si>
+  <si>
+    <t>p_3545270</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable à visée thérapeutique</t>
+  </si>
+  <si>
+    <t>IMPLICITY</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Évaluation des endoprothèses aortiques abdominales utilisées pour le traitement des anévrismes de l’aorte abdominale sous-rénale non rompus</t>
+  </si>
+  <si>
+    <t>À la suite de la publication des résultats à long terme des essais contrôlés randomisés, des recommandations les plus récentes de l’European Society for Vascular Surgery et du NICE, la HAS a réévalué les conditions de remboursement des endoprothèses aortiques abdominales (EPA).</t>
+  </si>
+  <si>
+    <t>01/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/03/2021 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106805/fr/evaluation-des-endoprotheses-aortiques-abdominales-utilisees-pour-le-traitement-des-anevrismes-de-l-aorte-abdominale-sous-renale-non-rompus</t>
+  </si>
+  <si>
+    <t>p_3106805</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’œsophage jugé à faible risque d’envahissement ganglionnaire, en comparaison à l’œsophagectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les orthèses de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’orthèses de membre supérieur ; réévaluer l’intérêt des orthèses de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les orthèses de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999528/fr/evaluation-des-ortheses-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999528</t>
+  </si>
+  <si>
+    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les capacités techniques et l’apport diagnostic des IRM dédiées et à champ modéré de moins de 1T. Cette évaluation a notamment pour but, de préciser la place de ce type d’imagerie dans la pratique médicale compte tenu des caractéristiques techniques, de leur performance diagnostique, des coûts d’implantation et éventuellement des conséquences que pourrait avoir une diffusion élargie de ce type d'installation.</t>
+  </si>
+  <si>
+    <t>01/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2008 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758948/fr/evaluation-des-irm-dediees-et-a-champ-modere-1t</t>
+  </si>
+  <si>
+    <t>c_758948</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>15/05/2025 09:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605746/fr/cediag-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3605746</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 29 mai 2018</t>
+  </si>
+  <si>
+    <t>25/05/2018 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851068/fr/cnedimts-reunion-du-29-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2851068</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuels d'activité de la HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuel d’activité de la HAS depuis 2005, sous une forme synthétique plus accessible et en cohérence avec son exigence de respect des principes du développement durable. Les principaux travaux réalisés par la HAS, pour chaque année, y sont présentés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070314/fr/historique-des-rapports-annuels-d-activite-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1070314</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -297,225 +924,1442 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="H9" t="s">
-        <v>59</v>
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>89</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D3" t="s">
+        <v>106</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>111</v>
+      </c>
+      <c r="E4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E5" t="s">
+        <v>118</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>119</v>
+      </c>
+      <c r="H5" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>125</v>
+      </c>
+      <c r="H6" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B7" t="s">
+        <v>127</v>
+      </c>
+      <c r="C7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D7" t="s">
+        <v>129</v>
+      </c>
+      <c r="E7" t="s">
+        <v>130</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>131</v>
+      </c>
+      <c r="H7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>97</v>
+      </c>
+      <c r="B8" t="s">
+        <v>133</v>
+      </c>
+      <c r="C8" t="s">
+        <v>134</v>
+      </c>
+      <c r="D8" t="s">
+        <v>135</v>
+      </c>
+      <c r="E8" t="s">
+        <v>136</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>137</v>
+      </c>
+      <c r="H8" t="s">
+        <v>138</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D4" t="s">
+        <v>154</v>
+      </c>
+      <c r="E4" t="s">
+        <v>155</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>156</v>
+      </c>
+      <c r="H4" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" t="s">
+        <v>164</v>
+      </c>
+      <c r="C6" t="s">
+        <v>165</v>
+      </c>
+      <c r="D6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>168</v>
+      </c>
+      <c r="H6" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B7" t="s">
+        <v>170</v>
+      </c>
+      <c r="C7" t="s">
+        <v>171</v>
+      </c>
+      <c r="D7" t="s">
+        <v>172</v>
+      </c>
+      <c r="E7" t="s">
+        <v>173</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>174</v>
+      </c>
+      <c r="H7" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>139</v>
+      </c>
+      <c r="B8" t="s">
+        <v>176</v>
+      </c>
+      <c r="C8" t="s">
+        <v>177</v>
+      </c>
+      <c r="D8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E8" t="s">
+        <v>179</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>180</v>
+      </c>
+      <c r="H8" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>139</v>
+      </c>
+      <c r="B9" t="s">
+        <v>182</v>
+      </c>
+      <c r="C9" t="s">
+        <v>183</v>
+      </c>
+      <c r="D9" t="s">
+        <v>184</v>
+      </c>
+      <c r="E9" t="s">
+        <v>185</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>186</v>
+      </c>
+      <c r="H9" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>139</v>
+      </c>
+      <c r="B10" t="s">
+        <v>188</v>
+      </c>
+      <c r="C10" t="s">
+        <v>189</v>
+      </c>
+      <c r="D10" t="s">
+        <v>190</v>
+      </c>
+      <c r="E10" t="s">
+        <v>191</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>192</v>
+      </c>
+      <c r="H10" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>139</v>
+      </c>
+      <c r="B11" t="s">
+        <v>194</v>
+      </c>
+      <c r="C11" t="s">
+        <v>195</v>
+      </c>
+      <c r="D11" t="s">
+        <v>196</v>
+      </c>
+      <c r="E11" t="s">
+        <v>197</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>198</v>
+      </c>
+      <c r="H11" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>139</v>
+      </c>
+      <c r="B12" t="s">
+        <v>200</v>
+      </c>
+      <c r="C12" t="s">
+        <v>201</v>
+      </c>
+      <c r="D12" t="s">
+        <v>202</v>
+      </c>
+      <c r="E12" t="s">
+        <v>203</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>204</v>
+      </c>
+      <c r="H12" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>139</v>
+      </c>
+      <c r="B13" t="s">
+        <v>206</v>
+      </c>
+      <c r="C13" t="s">
+        <v>207</v>
+      </c>
+      <c r="D13" t="s">
+        <v>208</v>
+      </c>
+      <c r="E13" t="s">
+        <v>209</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>139</v>
+      </c>
+      <c r="B14" t="s">
+        <v>212</v>
+      </c>
+      <c r="C14" t="s">
+        <v>213</v>
+      </c>
+      <c r="D14" t="s">
+        <v>214</v>
+      </c>
+      <c r="E14" t="s">
+        <v>215</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>216</v>
+      </c>
+      <c r="H14" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>139</v>
+      </c>
+      <c r="B15" t="s">
+        <v>218</v>
+      </c>
+      <c r="C15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D15" t="s">
+        <v>220</v>
+      </c>
+      <c r="E15" t="s">
+        <v>221</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>222</v>
+      </c>
+      <c r="H15" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>139</v>
+      </c>
+      <c r="B16" t="s">
+        <v>224</v>
+      </c>
+      <c r="C16" t="s">
+        <v>225</v>
+      </c>
+      <c r="D16" t="s">
+        <v>226</v>
+      </c>
+      <c r="E16" t="s">
+        <v>227</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>228</v>
+      </c>
+      <c r="H16" t="s">
+        <v>229</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B2" t="s">
+        <v>232</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>234</v>
+      </c>
+      <c r="H2" t="s">
+        <v>235</v>
+      </c>
+      <c r="I2" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>239</v>
+      </c>
+      <c r="H3" t="s">
+        <v>240</v>
+      </c>
+      <c r="I3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>241</v>
+      </c>
+      <c r="B2" t="s">
+        <v>242</v>
+      </c>
+      <c r="C2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>245</v>
+      </c>
+      <c r="H2" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>250</v>
+      </c>
+      <c r="H3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C4" t="s">
+        <v>253</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>254</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>255</v>
+      </c>
+      <c r="H4" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>241</v>
+      </c>
+      <c r="B5" t="s">
+        <v>257</v>
+      </c>
+      <c r="C5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>260</v>
+      </c>
+      <c r="H5" t="s">
+        <v>261</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>