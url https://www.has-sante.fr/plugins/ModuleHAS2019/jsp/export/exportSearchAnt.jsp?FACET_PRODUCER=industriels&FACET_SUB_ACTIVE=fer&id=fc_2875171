--- v1 (2025-11-04)
+++ v2 (2026-02-03)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="267">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -171,50 +171,65 @@
     <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_759760</t>
   </si>
   <si>
     <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
   </si>
   <si>
     <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
   </si>
   <si>
     <t>01/04/2004 00:00:00</t>
   </si>
   <si>
     <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Acidémie Isovalérique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
   </si>
   <si>
     <t>p_3557776</t>
   </si>
   <si>
     <t>Hémophilie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/06/2023 14:37:11</t>
   </si>
@@ -1134,51 +1149,51 @@
       </c>
       <c r="D3" t="s">
         <v>42</v>
       </c>
       <c r="E3" t="s">
         <v>43</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>44</v>
       </c>
       <c r="H3" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1424,942 +1439,968 @@
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>93</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>94</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>95</v>
       </c>
       <c r="H11" t="s">
         <v>96</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B4" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E4" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H4" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C5" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="D5" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E5" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C6" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="D6" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="E6" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H6" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B7" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C7" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D7" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E7" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H7" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B8" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C8" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D8" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E8" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="H8" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="D3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="E3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B4" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="E4" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="H4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="D5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="E5" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H5" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B6" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C6" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D6" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E6" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H6" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B7" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C7" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D7" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="E7" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H7" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B8" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C8" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D8" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E8" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H8" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B9" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C9" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D9" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E9" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H9" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B10" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C10" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D10" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E10" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="H10" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B11" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C11" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="D11" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="E11" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H11" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B12" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C12" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D12" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="E12" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H12" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B13" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C13" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D13" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E13" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H13" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B14" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C14" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D14" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E14" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H14" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B15" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C15" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D15" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E15" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H15" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B16" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C16" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E16" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H16" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H2" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="I2" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="I3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="H2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B4" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H4" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B5" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H5" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>