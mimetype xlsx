--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -9,95 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>