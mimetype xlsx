--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -9,149 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/18/2025 10:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>