--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>02/10/2024 11:18:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>