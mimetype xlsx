--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -1,522 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...2 lines deleted...]
-    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/01/2021 00:00:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
-  </si>
-[...76 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>