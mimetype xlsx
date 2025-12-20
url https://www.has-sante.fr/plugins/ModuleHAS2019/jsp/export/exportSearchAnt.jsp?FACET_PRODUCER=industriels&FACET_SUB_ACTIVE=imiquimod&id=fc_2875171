--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -9,83 +9,83 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
@@ -108,101 +108,122 @@
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Xeroderma Pigmentosum</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
   </si>
   <si>
     <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -294,43 +315,69 @@
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>