--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,246 +9,378 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...11 lines deleted...]
-    <t>12/16/2019 12:42:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>