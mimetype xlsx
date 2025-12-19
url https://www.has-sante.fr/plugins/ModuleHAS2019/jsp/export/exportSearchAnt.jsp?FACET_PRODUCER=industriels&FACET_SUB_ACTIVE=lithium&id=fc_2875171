--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,474 +1,1341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 24 septembre 2021</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) au titre IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 24 septembre 2021. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2022 16:18:23</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3332743/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-24-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3332743</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>NEURX DPS RA/4</t>
+  </si>
+  <si>
+    <t>Stimulateur phrénique intradiaphragmatique</t>
+  </si>
+  <si>
+    <t>14/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_780973/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>c_780973</t>
+  </si>
+  <si>
+    <t>Synapse Biomedical Europe (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Évaluation de la Stimulation Phrénique Implantée</t>
+  </si>
+  <si>
+    <t>Les dispositifs de stimulation phrénique sont des dispositifs d’assistance respiratoire implantée définitive, destinés aux patients dont la commande respiratoire est atteinte alors que le système neuromusculaire périphérique est intact. Selon les technologies, la stimulation porte sur la portion thoracique du nerf phrénique (stimulateurs phréniques intrathoraciques) ou au niveau des points moteurs du nerf phrénique situés sur le diaphragme (stimulateurs phréniques intradiaphragmatiques). L’objectif de ce travail est d’évaluer l’intérêt clinique des différents dispositifs de stimulation phrénique implantés et des actes qui leur sont associés et d’en définir, en vue du remboursement : - les indications ; - les conditions de prise en charge : modalités d’implantation et de suivi ; - les données cliniques complémentaires nécessaires.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2009 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_797191/fr/evaluation-de-la-stimulation-phrenique-implantee</t>
+  </si>
+  <si>
+    <t>c_797191</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 10/09/2019</t>
+  </si>
+  <si>
+    <t>17/12/2019 16:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135431/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-10/09/2019</t>
+  </si>
+  <si>
+    <t>p_3135431</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
         <v>20</v>
       </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>108</v>
+      </c>
+      <c r="H5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>114</v>
+      </c>
+      <c r="H6" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C7" t="s">
+        <v>117</v>
+      </c>
+      <c r="D7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E7" t="s">
+        <v>119</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>120</v>
+      </c>
+      <c r="H7" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>122</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>124</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>125</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>128</v>
+      </c>
+      <c r="C9" t="s">
+        <v>129</v>
+      </c>
+      <c r="D9" t="s">
+        <v>130</v>
+      </c>
+      <c r="E9" t="s">
+        <v>131</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>132</v>
+      </c>
+      <c r="H9" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+      <c r="I2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>