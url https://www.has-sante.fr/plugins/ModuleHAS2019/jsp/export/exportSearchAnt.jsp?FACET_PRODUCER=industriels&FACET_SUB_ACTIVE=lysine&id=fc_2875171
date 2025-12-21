--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -9,149 +9,272 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +288,225 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>