--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -9,199 +9,413 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/06/2025 15:05:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>