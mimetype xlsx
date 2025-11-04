--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -9,95 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/24/2024 11:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +146,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>