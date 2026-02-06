--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,295 +1,1259 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="130">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BHR (BIRMINGHAM HIP RESURFACING)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145936/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>p_3145936</t>
+  </si>
+  <si>
+    <t>prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
   </si>
   <si>
     <t>c_1311405</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>22/04/2022 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333108</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
+  </si>
+  <si>
+    <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
+  </si>
+  <si>
+    <t>p_3390248</t>
+  </si>
+  <si>
+    <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
+  </si>
+  <si>
+    <t>Dans le cadre du dispositif national e-satis (+48h MCO et MCOCA), la HAS a mené une analyse de l’ensemble des commentaires de patients recueillis de 2016 à 2020. Un rapport national de résultats identifie les thématiques le plus souvent évoquées dans le verbatim de patients.</t>
+  </si>
+  <si>
+    <t>30/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365011/fr/analyse-nationale-des-commentaires-des-patients-recueillis-dans-le-cadre-du-dispositif-e-satis</t>
+  </si>
+  <si>
+    <t>p_3365011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>80</v>
+      </c>
+      <c r="H6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D7" t="s">
+        <v>84</v>
+      </c>
+      <c r="E7" t="s">
+        <v>85</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D8" t="s">
+        <v>90</v>
+      </c>
+      <c r="E8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>92</v>
+      </c>
+      <c r="H8" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C9" t="s">
+        <v>95</v>
+      </c>
+      <c r="D9" t="s">
+        <v>96</v>
+      </c>
+      <c r="E9" t="s">
+        <v>97</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>98</v>
+      </c>
+      <c r="H9" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C10" t="s">
+        <v>101</v>
+      </c>
+      <c r="D10" t="s">
+        <v>102</v>
+      </c>
+      <c r="E10" t="s">
+        <v>103</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>104</v>
+      </c>
+      <c r="H10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>115</v>
+      </c>
+      <c r="H3" t="s">
+        <v>116</v>
+      </c>
+      <c r="I3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>