--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -1,512 +1,2034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="217">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>03/22/2021 17:03:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>CHARITE</t>
+  </si>
+  <si>
+    <t>Prothèse totale du disque lombaire</t>
+  </si>
+  <si>
+    <t>18/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2007 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522753/fr/charite</t>
+  </si>
+  <si>
+    <t>c_522753</t>
+  </si>
+  <si>
+    <t>DE PUY France</t>
+  </si>
+  <si>
+    <t>PRODISC L</t>
+  </si>
+  <si>
+    <t>18/04/2007 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522826/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_522826</t>
+  </si>
+  <si>
+    <t>SYNTHES SA (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3395700</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Reassessment of bone substitutes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation des vêtements compressifs sur mesure pour grands brûlés</t>
+  </si>
+  <si>
+    <t>Les vêtements compressifs sur mesure pour grands brûlés exercent localement une pression continue au cours de la cicatrisation. Ils sont destinés à éviter l’apparition de cicatrices hypertrophiques ou rétractiles, à en améliorer l’aspect ou à réduire l’intensité des signes fonctionnels liés à la phase inflammatoire, après une brûlure avec atteinte du derme (ou le cas échéant un traumatisme assimilable à cette situation).</t>
+  </si>
+  <si>
+    <t>24/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2013 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648783/fr/evaluation-des-vetements-compressifs-sur-mesure-pour-grands-brules</t>
+  </si>
+  <si>
+    <t>c_1648783</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>16/03/2018 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834836/fr/college-deliberatif-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834836</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 12 Janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586808/fr/cnedimts-reunion-du-12-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586808</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586414/fr/elargissement-des-criteres-d-eligibilite-a-la-vaccination-antipneumococcique-chez-les-adultes-recommandation-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3586414</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-        <v>27</v>
+      <c r="J4" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>25</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>96</v>
+      </c>
+      <c r="H5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D4" t="s">
+        <v>112</v>
+      </c>
+      <c r="E4" t="s">
+        <v>113</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>114</v>
+      </c>
+      <c r="H4" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C5" t="s">
+        <v>117</v>
+      </c>
+      <c r="D5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E5" t="s">
+        <v>119</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>120</v>
+      </c>
+      <c r="H5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H6" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C7" t="s">
+        <v>129</v>
+      </c>
+      <c r="D7" t="s">
+        <v>130</v>
+      </c>
+      <c r="E7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>132</v>
+      </c>
+      <c r="H7" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>134</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>137</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>138</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>139</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>140</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>142</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="H9" t="s">
-        <v>56</v>
+        <v>144</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" t="s">
+        <v>145</v>
+      </c>
+      <c r="C10" t="s">
+        <v>146</v>
+      </c>
+      <c r="D10" t="s">
+        <v>147</v>
+      </c>
+      <c r="E10" t="s">
+        <v>148</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>149</v>
+      </c>
+      <c r="H10" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C11" t="s">
+        <v>152</v>
+      </c>
+      <c r="D11" t="s">
+        <v>153</v>
+      </c>
+      <c r="E11" t="s">
+        <v>154</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>155</v>
+      </c>
+      <c r="H11" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>157</v>
+      </c>
+      <c r="C12" t="s">
+        <v>158</v>
+      </c>
+      <c r="D12" t="s">
+        <v>159</v>
+      </c>
+      <c r="E12" t="s">
+        <v>160</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>161</v>
+      </c>
+      <c r="H12" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>163</v>
+      </c>
+      <c r="C13" t="s">
+        <v>164</v>
+      </c>
+      <c r="D13" t="s">
+        <v>165</v>
+      </c>
+      <c r="E13" t="s">
+        <v>166</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>167</v>
+      </c>
+      <c r="H13" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>169</v>
+      </c>
+      <c r="C14" t="s">
+        <v>170</v>
+      </c>
+      <c r="D14" t="s">
+        <v>171</v>
+      </c>
+      <c r="E14" t="s">
+        <v>172</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>173</v>
+      </c>
+      <c r="H14" t="s">
+        <v>174</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>179</v>
+      </c>
+      <c r="H2" t="s">
+        <v>180</v>
+      </c>
+      <c r="I2" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>184</v>
+      </c>
+      <c r="H3" t="s">
+        <v>185</v>
+      </c>
+      <c r="I3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>191</v>
+      </c>
+      <c r="H2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>197</v>
+      </c>
+      <c r="H2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D3" t="s">
+        <v>201</v>
+      </c>
+      <c r="E3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>203</v>
+      </c>
+      <c r="H3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D4" t="s">
+        <v>207</v>
+      </c>
+      <c r="E4" t="s">
+        <v>208</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>209</v>
+      </c>
+      <c r="H4" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>193</v>
+      </c>
+      <c r="B5" t="s">
+        <v>211</v>
+      </c>
+      <c r="C5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D5" t="s">
+        <v>213</v>
+      </c>
+      <c r="E5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H5" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>