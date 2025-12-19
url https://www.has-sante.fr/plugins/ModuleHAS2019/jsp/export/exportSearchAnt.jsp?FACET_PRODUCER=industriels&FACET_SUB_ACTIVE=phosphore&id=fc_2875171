--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,207 +1,1086 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="107">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/19/2013 15:55:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés à des soins (EIGS) : bilan annuel 2021</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>21/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2022 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388885/fr/evenements-indesirables-graves-associes-a-des-soins-eigs-bilan-annuel-2021</t>
+  </si>
+  <si>
+    <t>p_3388885</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>80</v>
+      </c>
+      <c r="H3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>105</v>
+      </c>
+      <c r="H2" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>