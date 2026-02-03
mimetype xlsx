--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,170 +1,263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="51">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -174,78 +267,294 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>