--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -9,134 +9,233 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -146,51 +245,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +305,249 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>