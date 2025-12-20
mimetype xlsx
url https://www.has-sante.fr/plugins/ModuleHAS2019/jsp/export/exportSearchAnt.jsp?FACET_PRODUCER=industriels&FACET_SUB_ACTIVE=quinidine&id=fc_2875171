--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>